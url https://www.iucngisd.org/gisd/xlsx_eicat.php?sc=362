--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -41,84 +41,84 @@
   <si>
     <t>Impact mechanism</t>
   </si>
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Acridotheres fuscus</t>
   </si>
   <si>
+    <t>Republic of Fiji</t>
+  </si>
+  <si>
+    <t>Competition</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>There is no observational evidence to support the assessment.</t>
+  </si>
+  <si>
+    <t>Aplonis tabuensis, Myzomela nigriventris, Vini australis, Foulehaio carunculatus, Aplonis atrifusca</t>
+  </si>
+  <si>
     <t>Samoa</t>
   </si>
   <si>
-    <t>Competition</t>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>GISD (2015). Acridotheres fuscus (bird). Available at: http://www.issg.org/database/species/impact_info.asp?si=362&amp;fr=1&amp;sts=&amp;lang=EN</t>
+  </si>
+  <si>
+    <t>Indirect impacts through interactions with other species</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
-    <t>Low</t>
-[...1 lines deleted...]
-  <si>
     <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of competition impacts.</t>
-  </si>
-[...19 lines deleted...]
-    <t>Indirect impacts through interactions with other species</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -190,147 +190,147 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>The Jungle Myna (Acridotheres fuscus) was first recorded in Upolu in 1965, followed by the Common Myna (A. tristis) in 1988. In Samoa they have been observed harassing our native birds such as the miti, segasegamau'u and segavao by chasing them away from food sources and just for fun. Our only native birds that have been obserbed to hold their own against the myna are the iao and fuia, who in turn fight back.</t>
+          <t>In Figi, the Polynesian starling (Aplonis tabuensis) is restricted to forest areas. It is not frequently seen in the intermediate zone and neve in agricultural or urban situations; this observation is supported by Gorman (1972, 1975b). The Jungle Myna (acridotheres fuscus) is not present in Tonga and is only a recent arrival in Samoa [Dhondt (1976) incorrectly identifies it as being Acridotheres tristis (Watling in press)], so the present restricted range of A. tabuensis in Fiji may be due to the combined competitive pressure from both myna species.  Competition from A. fuscus in Fiji has caused a change in habitat of the endemic race of the Polynesian Starling (Aplonis tabuensis vitiensis), which occurs only in forested localities.</t>
         </is>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Doherty, N. (2006). Information booklet for the ''National Control of the myna (Acridotheres spp.)'', Government of Samoan, Division of Environment &amp; Conservation.</t>
+          <t>Pernetta, J. C. &amp; Watling, D. (1978). The introduced and native terrestrial vertebrates of Fiji, Pacific Science 32.  Lever, C. (2005). Naturalized Birds of the World. Bloomsbury, London.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>In Figi, the Polynesian starling (Aplonis tabuensis) is restricted to forest areas. It is not frequently seen in the intermediate zone and neve in agricultural or urban situations; this observation is supported by Gorman (1972, 1975b). The Jungle Myna (acridotheres fuscus) is not present in Tonga and is only a recent arrival in Samoa [Dhondt (1976) incorrectly identifies it as being Acridotheres tristis (Watling in press)], so the present restricted range of A. tabuensis in Fiji may be due to the combined competitive pressure from both myna species.  Competition from A. fuscus in Fiji has caused a change in habitat of the endemic race of the Polynesian Starling (Aplonis tabuensis vitiensis), which occurs only in forested localities.</t>
-[...5 lines deleted...]
-      <c r="G3" t="s">
+          <t>It has been suggested that the spread of the introduced Common and Jungle Mynas in Samoa may threaten native birds, including the native starlings. Samoa has two native starlings. The Fuia or Samoan Starling (Aplonis atrifusca) is the only American Samoan bird that is endemic to Samoa. The Miti Vao or Polynesian Starling (Aplonis tabuensis) is a species that declined in number after a series of hurricanes that hit the region from 1990 to 1991. The Fuia has a broad and habitat preference, the Miti Vao, however, may be greater risk.</t>
+        </is>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+      <c r="I3" t="s">
         <v>18</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>It has been suggested that the spread of the introduced Common and Jungle Mynas in Samoa may threaten native birds, including the native starlings. Samoa has two native starlings. The Fuia or Samoan Starling (Aplonis atrifusca) is the only American Samoan bird that is endemic to Samoa. The Miti Vao or Polynesian Starling (Aplonis tabuensis) is a species that declined in number after a series of hurricanes that hit the region from 1990 to 1991. The Fuia has a broad and habitat preference, the Miti Vao, however, may be greater risk.</t>
+          <t>The Jungle Myna (Acridotheres fuscus) was first recorded in Upolu in 1965, followed by the Common Myna (A. tristis) in 1988. Mynas have also been observed here in Samoa to facilitate in the spread of invasive plant species such as the Ivy gourd (Coccinia grandis) as they feed off its bright red fruit.</t>
         </is>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
-      <c r="I4" t="s">
-        <v>20</v>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Doherty, N. (2006). Information booklet for the ''National Control of the myna (Acridotheres spp.)'', Government of Samoan, Division of Environment &amp; Conservation.</t>
+        </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>The Jungle Myna (Acridotheres fuscus) was first recorded in Upolu in 1965, followed by the Common Myna (A. tristis) in 1988. In Samoa they have been observed harassing our native birds such as the miti, segasegamau'u and segavao by chasing them away from food sources and just for fun. Our only native birds that have been obserbed to hold their own against the myna are the iao and fuia, who in turn fight back.</t>
+        </is>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>21</v>
       </c>
-      <c r="D5" t="s">
-[...9 lines deleted...]
-      <c r="H5"/>
+      <c r="H5" t="s">
+        <v>15</v>
+      </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Doherty, N. (2006). Information booklet for the ''National Control of the myna (Acridotheres spp.)'', Government of Samoan, Division of Environment &amp; Conservation.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>