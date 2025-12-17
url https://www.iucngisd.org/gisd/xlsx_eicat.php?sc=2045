--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -263,271 +263,271 @@
         <v>19</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Mauritius × Madagascar Fody Hybrids: It is extremely important to ascertain whether or not the Fody hybrids are sterile, as this will have major implications for wild Fodies should there be any further incidences of hybridisation. Although  nesting  attempts  were  made  by  the  hybrids  this  season,  they do not  seem to be a good  match,  with  the  male  constantly  chasing  the  female  in  an  aggressive  manor.    It  is  therefore suggested that the pair be separated and a Madagascar Fody be added to form two pairs.  Using  wild  caught  Madagascar  Fodies  would  not  be  suitable  for  keeping  in  an  aviary,  and would likely not make any successful nesting attempts. </t>
         </is>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>On islands where populations of the endemic Seychelles Fody Foudia sechellarum and the introduced Madagascan Red Fody F. madagascariensis coexist, previous studies have concluded that the two species are reproductively isolated. On Aride Island, Seychelles, one female F. sechellarum became established within a population of F. madagascariensis and produced at least two hybrid offspring. This paper describes the first known case of hybridization between the two species and highlights the possible biological consequences.</t>
+        </is>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>20</v>
+      </c>
+      <c r="H4" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Lucking, R. (1997). Hybridization between Madagascan Red Fody Foudia madagascariensis and Seychelles Fody Foudia sechellarum on Aride Island, Seychelles. Bird Conservation International, 7(1), 1-6. doi:10.1017/S0959270900001362</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" t="s">
         <v>17</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C5" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
+      <c r="D5" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E5" t="inlineStr">
         <is>
           <t>Forest destruction, subsistence farming and the impacts of free-ranging livestock resulted in the complete destruction of native forest such that only scattered individuals of most native trees survived (C. Jones in litt. 2000). Loss of habitat, competition with introduced Madagascar Red Fody F. madagascariensis, cyclones and a severe drought caused a huge decline in the population by the 1970s (C. Jones in litt. 2000, Safford 2001).</t>
         </is>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="inlineStr">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="inlineStr">
         <is>
           <t>There is no observational evidence to support the assessments. It is difficult to establish the extent and severity of competition impacts. Other factors for the decline are loss of habitat, cyclones and a severe drought.</t>
         </is>
       </c>
-      <c r="H4" t="s">
+      <c r="H5" t="s">
         <v>24</v>
       </c>
-      <c r="I4" t="inlineStr" s="2">
+      <c r="I5" t="inlineStr" s="2">
         <is>
           <t>BirdLife International (2016). Foudia flavicans. The IUCN Red List of Threatened Species 2016:
 e.T22719159A94614670. Available at: http://dx.doi.org/10.2305/IUCN.UK.2016-3.RLTS.T22719159A94614670.en</t>
         </is>
       </c>
     </row>
-    <row r="5">
-[...31 lines deleted...]
-    </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>On Rodrigues, competition from Red Fodies, coupled with widespread destruction of native forest in the 1960s, may be contributing to the decline of the endemic Rodrigues Fody F. flavicans (Moreau 1966), classified as Vulnerable by the World Conservation Union.</t>
+          <t>Habitat destruction and introductions of invasive species have been primary causes of endemic species loss on oceanic islands. This paper addresses the question of whether a reintroduced population of a critically endangered island endemic, the Mauritius fody (Foudia rubra) is competing or co-existing with an exotic congener, the Madagascar fody (F. madagascariensis). We investigated habitat use and feeding ecology of the Mauritius fody during two early phases of its reintroduction onto a restored islet, and compared these parameters with the sympatric population of Madagascar fodies. The number of Mauritius fody territories increased from 4 to 20 in a seven month period following release, and overall mean territory area (c. 1 ha) was significantly larger than that of the more abundant Madagascar fody (c. 0.07 ha). The initial four territories were located in mature coastal forest, whilst those of the Madagascar fody were characterised by open canopy, smaller trees and grass-dominated ground cover. Mauritius fodies foraged mainly in dead leaves for insects, whilst the Madagascar fody fed primarily on the seeds of a native grass species. Mauritius fody territories later expanded to include a range of habitats. Differing ecological requirements indicate that divergence between these congeners may be sufficient for them to coexist and exploit contrasting resources on restored islets. We discuss the implications of these findings for both the long-term restoration of the Mauritius fody and other avian recovery programmes and highlight the critical importance of long-term post-release monitoring to assess the success of reintroduction to offshore islets as a long-term conservation strategy.</t>
         </is>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
-      <c r="G6" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G6" t="s">
+        <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>21</v>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Garrett, L. et al. (2007). Competition or co-existence of reintroduced, critically endangered Mauritius fodies and invasive Madagascar fodies in lowland Mauritius? Biological Conservation, 140(1-2), pp.19–28.</t>
+        </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Habitat destruction and introductions of invasive species have been primary causes of endemic species loss on oceanic islands. This paper addresses the question of whether a reintroduced population of a critically endangered island endemic, the Mauritius fody (Foudia rubra) is competing or co-existing with an exotic congener, the Madagascar fody (F. madagascariensis). We investigated habitat use and feeding ecology of the Mauritius fody during two early phases of its reintroduction onto a restored islet, and compared these parameters with the sympatric population of Madagascar fodies. The number of Mauritius fody territories increased from 4 to 20 in a seven month period following release, and overall mean territory area (c. 1 ha) was significantly larger than that of the more abundant Madagascar fody (c. 0.07 ha). The initial four territories were located in mature coastal forest, whilst those of the Madagascar fody were characterised by open canopy, smaller trees and grass-dominated ground cover. Mauritius fodies foraged mainly in dead leaves for insects, whilst the Madagascar fody fed primarily on the seeds of a native grass species. Mauritius fody territories later expanded to include a range of habitats. Differing ecological requirements indicate that divergence between these congeners may be sufficient for them to coexist and exploit contrasting resources on restored islets. We discuss the implications of these findings for both the long-term restoration of the Mauritius fody and other avian recovery programmes and highlight the critical importance of long-term post-release monitoring to assess the success of reintroduction to offshore islets as a long-term conservation strategy. </t>
+          <t>Although Garrett et al. (2007) found little overlap in the diet of the Madagascar and Mauritius Fodies, there is still potential competition between these congeners.  Similarities in song have been noted previously. However, most observation on interactions between these species suggests Mauritius  Fodies  to  be the  dominant  party. A female Mauritius Fody chased a Madagascar Fody from Bottle Brush flowers (30/10/08), indicating this is a well defended food source. Nest  predation  of  Madagascar  Fody  eggs  by  Mauritius  Fodies  was  recorded  last  season (Garrett et al., 2008).  As the population of Mauritius Fodies grows there is potential for them to out-compete Madagascar Fodies, and reduce their numbers.  In 2007 their population size was estimated at around 500 birds.</t>
         </is>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I7" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Carié (1916) and Newton (1959) could find no evidence of competition between Red Fodies and the endemic Mauritius Fody F. rubra, classified as Critically Endangered by the World Conservation Union. However, Temple et al. (1974) believed that there could be some seasonal rivalry for food.  </t>
+          <t>On Rodrigues, competition from Red Fodies, coupled with widespread destruction of native forest in the 1960s, may be contributing to the decline of the endemic Rodrigues Fody F. flavicans (Moreau 1966), classified as Vulnerable by the World Conservation Union.</t>
         </is>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
-      <c r="G8" t="s">
-        <v>14</v>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>There is no observational evidence to support the assessments. It is difficult to establish the extent and severity of competition impacts. Another factors for the decline is the destruction of native forest.</t>
+        </is>
       </c>
       <c r="H8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="I8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>17</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Habitat destruction and introductions of invasive species have been primary causes of endemic species loss on oceanic islands. This paper addresses the question of whether a reintroduced population of a critically endangered island endemic, the Mauritius fody (Foudia rubra) is competing or co-existing with an exotic congener, the Madagascar fody (F. madagascariensis). We investigated habitat use and feeding ecology of the Mauritius fody during two early phases of its reintroduction onto a restored islet, and compared these parameters with the sympatric population of Madagascar fodies. The number of Mauritius fody territories increased from 4 to 20 in a seven month period following release, and overall mean territory area (c. 1 ha) was significantly larger than that of the more abundant Madagascar fody (c. 0.07 ha). The initial four territories were located in mature coastal forest, whilst those of the Madagascar fody were characterised by open canopy, smaller trees and grass-dominated ground cover. Mauritius fodies foraged mainly in dead leaves for insects, whilst the Madagascar fody fed primarily on the seeds of a native grass species. Mauritius fody territories later expanded to include a range of habitats. Differing ecological requirements indicate that divergence between these congeners may be sufficient for them to coexist and exploit contrasting resources on restored islets. We discuss the implications of these findings for both the long-term restoration of the Mauritius fody and other avian recovery programmes and highlight the critical importance of long-term post-release monitoring to assess the success of reintroduction to offshore islets as a long-term conservation strategy.</t>
+          <t>Habitat destruction and introductions of invasive species have been primary causes of endemic species loss on oceanic islands. This paper addresses the question of whether a reintroduced population of a critically endangered island endemic, the Mauritius fody (Foudia rubra) is competing or co-existing with an exotic congener, the Madagascar fody (F. madagascariensis). We investigated habitat use and feeding ecology of the Mauritius fody during two early phases of its reintroduction onto a restored islet, and compared these parameters with the sympatric population of Madagascar fodies. The number of Mauritius fody territories increased from 4 to 20 in a seven month period following release, and overall mean territory area (c. 1 ha) was significantly larger than that of the more abundant Madagascar fody (c. 0.07 ha). The initial four territories were located in mature coastal forest, whilst those of the Madagascar fody were characterised by open canopy, smaller trees and grass-dominated ground cover. Mauritius fodies foraged mainly in dead leaves for insects, whilst the Madagascar fody fed primarily on the seeds of a native grass species. Mauritius fody territories later expanded to include a range of habitats. Differing ecological requirements indicate that divergence between these congeners may be sufficient for them to coexist and exploit contrasting resources on restored islets. We discuss the implications of these findings for both the long-term restoration of the Mauritius fody and other avian recovery programmes and highlight the critical importance of long-term post-release monitoring to assess the success of reintroduction to offshore islets as a long-term conservation strategy. </t>
         </is>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="H9"/>
       <c r="I9" t="inlineStr">
         <is>
-          <t>Garrett, L. et al. (2007). Competition or co-existence of reintroduced, critically endangered Mauritius fodies and invasive Madagascar fodies in lowland Mauritius? Biological Conservation, 140(1-2), pp.19–28.</t>
+          <t>Garrett, L.J.H. et al. (2007). Competition or co-existence of reintroduced, critically endangered Mauritius fodies and invasive Madagascar fodies in lowland Mauritius? Biological Conservation, 140(1-2), pp.19–28.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>17</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Although Garrett et al. (2007) found little overlap in the diet of the Madagascar and Mauritius Fodies, there is still potential competition between these congeners.  Similarities in song have been noted previously. However, most observation on interactions between these species suggests Mauritius  Fodies  to  be the  dominant  party. A female Mauritius Fody chased a Madagascar Fody from Bottle Brush flowers (30/10/08), indicating this is a well defended food source. Nest  predation  of  Madagascar  Fody  eggs  by  Mauritius  Fodies  was  recorded  last  season (Garrett et al., 2008).  As the population of Mauritius Fodies grows there is potential for them to out-compete Madagascar Fodies, and reduce their numbers.  In 2007 their population size was estimated at around 500 birds.</t>
+          <t>Carié (1916) and Newton (1959) could find no evidence of competition between Red Fodies and the endemic Mauritius Fody F. rubra, classified as Critically Endangered by the World Conservation Union. However, Temple et al. (1974) believed that there could be some seasonal rivalry for food.  </t>
         </is>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>