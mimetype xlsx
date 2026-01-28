--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -163,51 +163,51 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Mariana Swiftlets were introduced to O‘ahu for aesthetic purposes and apparently to augment insect control (Woodside 1970). Mariana Swiftlets presumably feed on a suite of insects belonging to several taxonomic orders (e.g., Hymenoptera, Coleoptera, Diptera, Homoptera, Hemiptera, Isoptera; Kershner et al. 2007, Valdez et al. 2011).</t>
+          <t>Mariana Swiftlets were introduced to O‘ahu for aesthetic purposes and apparently to augment insect control (Woodside 1970). Mariana Swiftlets presumably feed on a suite of insects belonging to several taxonomic orders (e.g., Hymenoptera, Coleoptera, Diptera, Homoptera, Hemiptera, Isoptera. Kershner et al. 2007, Valdez et al. 2011).</t>
         </is>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2" t="inlineStr">
         <is>
           <t>Johnson, N.C. (2016). Population Ecology of the Mariana Swiftlet (Aerodramus bartschi) on O'Ahu, Hawaiian Islands, a Thesis Master of Science, Oregon State University </t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>