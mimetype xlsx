--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -50,75 +50,75 @@
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Pelophylax bergeri</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Hybridisation</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Genetic study shows high the prevalance of hybrids</t>
+  </si>
+  <si>
+    <t>Pelophylax lessonae</t>
+  </si>
+  <si>
+    <t>Genetic study with extensive sampling of all populations</t>
+  </si>
+  <si>
+    <t>Pelophylax lessonae, Pelophylax esculentus</t>
+  </si>
+  <si>
     <t>Patterns of genetic structure were consistent with massive genetic introgression, except for an isolated mountain valley in Switzerland (Joux).</t>
   </si>
   <si>
-    <t>High</t>
-[...1 lines deleted...]
-  <si>
     <t>Genetic study shows massive genetic introgression</t>
   </si>
   <si>
-    <t>Pelophylax lessonae, Pelophylax esculentus</t>
-[...1 lines deleted...]
-  <si>
     <t>Dufresnes C, Dubey S (2020) Invasion genomics supports an old hybrid swarm of pool frogs in Western Europe. Biological Invasions 22 (2): 205-210.</t>
   </si>
   <si>
-    <t>Genetic study shows high the prevalance of hybrids</t>
-[...4 lines deleted...]
-  <si>
     <t>France</t>
-  </si>
-[...1 lines deleted...]
-    <t>Genetic study with extensive sampling of all populations</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -188,158 +188,158 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>P. bergeri replaced P. lessonae. 'unfortunately, only the invasive and hybrid Pelophylax species still coexist (P. lessonae now being extinct). In summary, 76%, 73% and 17% of frogs morphologically identified as P. lessonae, P. Esculentus and P. ridibundus in our present study possess a P. bergeri haplotype</t>
+        </is>
+      </c>
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Dubey S, Leuenberger J, Perrin N (2014) Multiple origins of invasive and ‘native’water frogs (Pelophylax spp.) in Switzerland. Biological Journal of the Linnean Society 112 (3): 442-449.</t>
+        </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>P. bergeri replaced P. lessonae. 'unfortunately, only the invasive and hybrid Pelophylax species still coexist (P. lessonae now being extinct). In summary, 76%, 73% and 17% of frogs morphologically identified as P. lessonae, P. Esculentus and P. ridibundus in our present study possess a P. bergeri haplotype</t>
+          <t>We show that the alien P. bergeri have extensively invaded France and north-Alpine Switzerland, and have also deeply introgressed with P. lessonae, which has led to the complete replacement of most populations. we have uncovered a cryptic, yet extensive invasion of the Italian pool frog (P. bergeri) across the Western range of the European pool frog (P. lessonae). This invasion, which probably started more than half a century ago, involves genetic introgression by the exotic P. bergeri, which have almost completely replaced all sampled French and Swiss populations.</t>
         </is>
       </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Dubey S, Leuenberger J, Perrin N (2014) Multiple origins of invasive and ‘native’water frogs (Pelophylax spp.) in Switzerland. Biological Journal of the Linnean Society 112 (3): 442-449.</t>
+          <t>Dufresnes C, Di Santo L, Leuenberger J, Schuerch J, Mazepa G, Grandjean N, Canestrelli D, Perrin N, Dubey S (2007) Cryptic invasion of Italian pool frogs (Pelophylax bergeri) across Western Europe unraveled by multilocus phylogeography. Biological invasions 19 (5): 1407-1420.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E4" t="s">
+        <v>18</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="H4" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="I4" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>We show that the alien P. bergeri have extensively invaded France and north-Alpine Switzerland, and have also deeply introgressed with P. lessonae, which has led to the complete replacement of most populations. we have uncovered a cryptic, yet extensive invasion of the Italian pool frog (P. bergeri) across the Western range of the European pool frog (P. lessonae). This invasion, which probably started more than half a century ago, involves genetic introgression by the exotic P. bergeri, which have almost completely replaced all sampled French and Swiss populations.</t>
         </is>
       </c>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="H5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Dufresnes C, Di Santo L, Leuenberger J, Schuerch J, Mazepa G, Grandjean N, Canestrelli D, Perrin N, Dubey S (2007) Cryptic invasion of Italian pool frogs (Pelophylax bergeri) across Western Europe unraveled by multilocus phylogeography. Biological invasions 19 (5): 1407-1420.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>