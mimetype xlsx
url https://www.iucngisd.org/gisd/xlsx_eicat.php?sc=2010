--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -223,51 +223,51 @@
           <t>''except for Hoplobatrachus rugulosus that is known to feed on other tadpoles too'' In: Kueh and Maryati 2005. Collection, management and utilization of Anuran specimens and data for conservation.</t>
         </is>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Initial results from an examination of the stomach contents of 210 preserved specimens of B. marinus, H. chinensis, and R. erythraea (sample size: 100, 80, and 30, respectively) revealed that a wide variety of prey items are consumed by these species. Invertebrates accounted for almost 90% of all identified food items and land vertebrates made up nearly 10%; the latter comprise a significant portion of the diet of H. chinensis. Insect larvae and plant materials were found in trace amounts. Overall, ants, crickets, cockroaches, termites, and beetles form an important dietary component of these species. [...] Our data suggest that H. chinensis is a voracious and opportunistic predator, possibly an active forager. It preys unselectively on a wide variety of food items (see also Adraneda et al. 2005). Apart from insects, the stomach contents of nearly 30% of H. chinensis specimens were remarkably found to include juvenile colubrid snakes [Calamaria gervaisii Duméril, Bibron, &amp; Duméril; Rhabdophis spilogaster (Boie)], juvenile and adult frogs [Kaloula picta (Duméril &amp; Bibron), H. chinensis, and Limnonectes woodworthi (Taylor)], a shrew (Suncus murinus Linnaeus), freshwater crabs (Sundathelphusa spp.), and terrestrial and freshwater snails [including the invasive golden apple snail Pomacea canaliculata (Lamarck)]. Results of a more in-depth analysis of this subject will be published elsewhere.</t>
+          <t>Initial results from an examination of the stomach contents of 210 preserved specimens of B. marinus, H. chinensis, and R. erythraea (sample size: 100, 80, and 30, respectively) revealed that a wide variety of prey items are consumed by these species. Invertebrates accounted for almost 90% of all identified food items and land vertebrates made up nearly 10%. The latter comprise a significant portion of the diet of H. chinensis. Insect larvae and plant materials were found in trace amounts. Overall, ants, crickets, cockroaches, termites, and beetles form an important dietary component of these species. [...] Our data suggest that H. chinensis is a voracious and opportunistic predator, possibly an active forager. It preys unselectively on a wide variety of food items (see also Adraneda et al. 2005). Apart from insects, the stomach contents of nearly 30% of H. chinensis specimens were remarkably found to include juvenile colubrid snakes [Calamaria gervaisii Duméril, Bibron, &amp; Duméril. Rhabdophis spilogaster (Boie)], juvenile and adult frogs [Kaloula picta (Duméril &amp; Bibron), H. chinensis, and Limnonectes woodworthi (Taylor)], a shrew (Suncus murinus Linnaeus), freshwater crabs (Sundathelphusa spp.), and terrestrial and freshwater snails [including the invasive golden apple snail Pomacea canaliculata (Lamarck)]. Results of a more in-depth analysis of this subject will be published elsewhere.</t>
         </is>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
         <v>16</v>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Calamaria gervaisii, Rhabdophis spilogaster, Kaloula picta, Suncus murinus, Sundathelphusa spp., Limnonectes magnus, Polypedates leucomystax, Limnonectes woodworthi</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>Diesmos AC, Diesmos ML, Brown R (2006) Status and distribution of alien invasive frogs in the Philippines. Journal of Environmental Science and Management 9(2): 41-53.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">