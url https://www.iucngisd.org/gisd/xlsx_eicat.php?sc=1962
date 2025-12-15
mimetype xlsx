--- v0 (2025-10-19)
+++ v1 (2025-12-15)
@@ -41,135 +41,135 @@
   <si>
     <t>Impact mechanism</t>
   </si>
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Faxonius limosus</t>
   </si>
   <si>
+    <t>Czech Republic</t>
+  </si>
+  <si>
+    <t>Transmission of disease</t>
+  </si>
+  <si>
+    <t>MR</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>Competition</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>Large inventory of crayfish occurrences provides data about local extinction of native crayfish species.</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>The study is robust and corroborates the results of previous surveys undertaken between 2011 and 2014.</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Predation</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>The results presented in the study are quite unreliable, as they are mainly based on histograms and not on proper statistical analyses.</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>The results presented in the study are inferred from ex-situ experiments, and hence may not reliably evaluate F. limosus predation on macro-invertebrates.</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>No direct evidence about the transmission of fish louse from F. limosus to the native fish species.</t>
+  </si>
+  <si>
+    <t>The results presented in the study are inferred from ex-situ experiments, and may not fully reflect the natural response of Lota lota to F. limosus presence.</t>
+  </si>
+  <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>Predation</t>
-[...25 lines deleted...]
-  <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Extensive survey covering a large area of Croatia provides data about local P. leptodactylus displacement by F. limosus.</t>
   </si>
   <si>
-    <t>The results presented in the study are inferred from ex-situ experiments, and may not fully reflect the natural response of Lota lota to F. limosus presence.</t>
-[...22 lines deleted...]
-  <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Transmission of desease</t>
   </si>
   <si>
     <t>Endrizzi S., Bruno M.C., Maiolini B. (2013) Distribution and morphometry of native and alien crayfish in Trentino (Italy). Journal of Limnology 72, 343-360.</t>
   </si>
   <si>
-    <t>Czech Republic</t>
-[...1 lines deleted...]
-  <si>
     <t>DD</t>
   </si>
   <si>
     <t>No direct transmission of A. astaci to native species from the infected F.limosus was observed in the given study.</t>
-  </si>
-[...7 lines deleted...]
-    <t>High</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -241,499 +241,499 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>The predatory diet of O. limosus was more diverse than that of A. leptodactylus, as witnessed by a higher number of preferred macroinvertebrate groups and count of affected taxa (...). O. limosus substantially reduced abundances of 14 macroinvertebrate families: four Trichoptera (Brachycentridae, Leptoceridae, Limnephilidae, Psychomyiidae), three Ephemeroptera (Baetidae, Ephemerellidae, Heptageniidae), two Diptera (Chironomidae, Limoniidae) and Hirudinea (Erpobdellidae, Piscicolidae), and one each of Coleoptera (Elmidae) and Mollusca (Lymnaeidae).</t>
+          <t>Astacus leptodactylus was not recorded in the Pšovka brook after the crayfish mortalities, and was considered locally extinct. A crayfish plague outbreak affecting A. astacus was recorded in the Bojovský brook in May 2005. No A. astacus were found in the downstream part of the brook affected by crayfish plague during surveys repeated yearly during student excursions, nor at several sites upstream from Bojov and Čisovice investigated intensively in July 2010 and 2013. An A. torrentium mortality caused by the crayfish plague was recorded in August 2009 in the Zákolanský brook in Podholí. (...) No A. torrentium were found at this site in September 2009. If the local disappearance of crayfish at this site was related to a crayfish plague outbreak, this might suggest spread of the mortality upstream.</t>
         </is>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
-        <v>14</v>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>The high confidence was rated based on several scientific studies undertaken in different countries that have shown similar impacts of Faxonius limosus, i.e. displacement and local extinctions of various native species.</t>
+        </is>
       </c>
       <c r="H2"/>
-      <c r="I2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I2"/>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Historical stocking data from 1959 for 92 sites in the area of Szczecin and Koszalin, northwestern Poland taken from the litterature were compared with the recent stocking situation according to our own investigations. In 1959, a total of 22 sites contained A. astacus and 13 sites contained A. leptodactylus. Both species were absent after 1994. In contrast, the number of stocks for O. limosus has increased from 57 in 1959 to about 90 after 1994. (…).  In addition to the obvious fact of disappearance of native crayfish species if crayfish plague is transmitted by alien species such as O. limosus or P. leniusculus, other mechanisms of ousting should be taken into consideration. There are observations of co-occurrence of A. astacus or A. leptodactylus and O. limosus in the same body of water over a span of a few years (KRZYWOSZ et al., 1995b. STRUZYNSKI and NIEMIEC, 2000. DEHUS, 1990). (…) The observed differences in growth and fecundity may play an important role in the competitive relation between Astacus species and O. limosus, when they co-occur in the same surface water.</t>
+        </is>
+      </c>
+      <c r="F3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
+      <c r="G3" t="s">
         <v>17</v>
-      </c>
-[...9 lines deleted...]
-        <v>19</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Pacioglu O.,Theissinger K., Alexa A., Samoilă C., Sîrbu O.-I., Schrimpf A., Zubrod J.P., Schulz R., Pîrvu M., Lele S.-F., Jones J.I., Pârvulescu L. (2020) Multifaceted implications of the competition between native and invasive crayfish: a glimmer of hope for the native’s long-term survival. Biological Invasions 22, 827–842.</t>
+          <t>Schulz R., &amp; Śmietana P. (2001) Occurrence of native and introduced crayfish in Northeastern Germany and Northwestern Poland. Bull. Fr. Pêche Piscic. 361, 629 - 641.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
-      <c r="B4"/>
+      <c r="B4" t="s">
+        <v>18</v>
+      </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>In interspecific comparisons, O. limosus emerges as dominant in confrontations between males, confrontations between females (P &lt; 0.05 in all cases) and when large O. limosus males faced small A. leptodactylus females (P &lt; 0.05). (...) It should be pointed out that in 27% of the trials where males of different species were involved, the O. limosus individual killed its opponent, even when smaller in size.</t>
+          <t>Corroborating the results of this study with those of the survey between 2011 and 2014 (Pârvulescu et al. 2015), it was observed that the invasive species is gradually advancing in the active invasion sector, slowly replacing the native crayfish. Moreover, we found that the reduction of the relative abundance of the native species in the active invasion sector went along with diminished genetic diversity compared to individuals from the non-invaded region.</t>
         </is>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="G4" t="s">
+        <v>19</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="inlineStr">
         <is>
-          <t>Lele S.-F.&amp; Pârvulescu L. (2017) Experimental evidence of the successful invader Orconectes limosus outcompeting the native Astacus leptodactylus in acquiring shelter and food. Biologia 72, 877-885.</t>
+          <t>Pacioglu O.,Theissinger K., Alexa A., Samoilă C., Sîrbu O.-I., Schrimpf A., Zubrod J.P., Schulz R., Pîrvu M., Lele S.-F., Jones J.I., Pârvulescu L. (2020) Multifaceted implications of the competition between native and invasive crayfish: a glimmer of hope for the native’s long-term survival. Biological Invasions 22, 827–842.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>A. leptodactylus was almost completely displaced by O. limosus in waterbodies of the east Croatia;                At all 3 overlapping sites, A. leptodactylus was replaced by the invasive O. limosus.</t>
+          <t>The negative impact of O. limosus on the biomass of benthic macro-invertebrates, especially shellfish, is confirmed.                                                                      Les résultats de notre étude sont cohérents avec la bibliographie : une baisse de tous les taxons étudiés, à l’exception des Coléoptères, a été observée parallèlement aux premiers recensements d’Orconectes limosus.</t>
         </is>
       </c>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G5" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="inlineStr">
         <is>
-          <t>Maguire I., Klobučar G., Žganec K., Jelić M., Lucić A., Hudina S. (2018) Recent changes in distribution pattern of freshwater crayfish in Croatia − threats and perspectives. Knowledge Management of Aquatic Ecosystems 419.</t>
+          <t>Hesse A.-S., Mangot S. (2015) History of the propagation of Orconectes limosus in rivers of the Centre-Val de Loire region (France). Bulletin de la Société zoologique de France 140, 25-44.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
-      <c r="B6"/>
+      <c r="B6" t="s">
+        <v>25</v>
+      </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Age 0 burbot significantly changed their primary shelter preference, shifting to an alternative habitat when a crayfish was present (…). In the PIT tag mesocosms, only age-0 burbot showed a distinct avoidance reaction to crayfish, and only age-0 fish exhibited a significant increase in plasma cortisol levels following encounters with crayfish (...) These fish will likely be subject to increased predation. Moreover, the stress history of early migrants, for example the potentially long-term increase in plasma cortisol levels caused by high crayfish densities in the littoral zone, may be an additional problem.</t>
+          <t>The predatory diet of O. limosus was more diverse than that of A. leptodactylus, as witnessed by a higher number of preferred macroinvertebrate groups and count of affected taxa (...). O. limosus substantially reduced abundances of 14 macroinvertebrate families: four Trichoptera (Brachycentridae, Leptoceridae, Limnephilidae, Psychomyiidae), three Ephemeroptera (Baetidae, Ephemerellidae, Heptageniidae), two Diptera (Chironomidae, Limoniidae) and Hirudinea (Erpobdellidae, Piscicolidae), and one each of Coleoptera (Elmidae) and Mollusca (Lymnaeidae).</t>
         </is>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="inlineStr">
         <is>
-          <t>Hirsch P.E., Fischer P. (2008). Interactions between native juvenile burbot (Lota lota) and the invasive spinycheek crayfish (Orconectes limosus) in a large European lake. Canadian Journal of Fisheries and Aquatic Sciences 65, 2636-2643.</t>
+          <t>Šidagytė E., Razlutskij V., Alekhnovich A., Rybakovas A., Moroz M., Šniaukštaitė V., Vaitonis G., Arbačiauskas K. (2017) Predatory diet and potential effects of Orconectes limosus on river macroinvertebrate assemblages of the southeastern Baltic Sea basin: implications for ecological assessment. Aquatic Invasions 12, 523-540.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Females of the fish louse Argulus cf. foliaceus (Crustacea: Branchiura) lay egg-strings on any hard substrate, including the crayfish exoskeleton. Such egg-masses were found on up to 65% of O. limosus specimens in the above-mentioned sandpit.</t>
+        </is>
+      </c>
+      <c r="F7" t="s">
         <v>23</v>
       </c>
-      <c r="C7" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="G7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="inlineStr">
         <is>
-          <t>Schulz R., &amp; Śmietana P. (2001) Occurrence of native and introduced crayfish in Northeastern Germany and Northwestern Poland. Bull. Fr. Pêche Piscic. 361, 629 - 641.</t>
+          <t>Ďuriš Z., Horká I., Kristian J., Kozák P. (2006) SOME CASES OF MACRO-EPIBIOSIS ON THE INVASIVE CRAYFISH ORCONECTES LIMOSUS IN THE CZECH REPUBLIC. Bull. Fr. Pêche Piscic. 380-381, 1325-1337.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B8"/>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>The negative impact of O. limosus on the biomass of benthic macro-invertebrates, especially shellfish, is confirmed.                                                                      Les résultats de notre étude sont cohérents avec la bibliographie : une baisse de tous les taxons étudiés, à l’exception des Coléoptères, a été observée parallèlement aux premiers recensements d’Orconectes limosus.</t>
+          <t>Age 0 burbot significantly changed their primary shelter preference, shifting to an alternative habitat when a crayfish was present (…). In the PIT tag mesocosms, only age-0 burbot showed a distinct avoidance reaction to crayfish, and only age-0 fish exhibited a significant increase in plasma cortisol levels following encounters with crayfish (...) These fish will likely be subject to increased predation. Moreover, the stress history of early migrants, for example the potentially long-term increase in plasma cortisol levels caused by high crayfish densities in the littoral zone, may be an additional problem.</t>
         </is>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G8" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="inlineStr">
         <is>
-          <t>Hesse A.-S., Mangot S. (2015) History of the propagation of Orconectes limosus in rivers of the Centre-Val de Loire region (France). Bulletin de la Société zoologique de France 140, 25-44.</t>
+          <t>Hirsch P.E., Fischer P. (2008). Interactions between native juvenile burbot (Lota lota) and the invasive spinycheek crayfish (Orconectes limosus) in a large European lake. Canadian Journal of Fisheries and Aquatic Sciences 65, 2636-2643.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>The predatory diet of O. limosus was more diverse than that of A. leptodactylus, as witnessed by a higher number of preferred macroinvertebrate groups and count of affected taxa (...). O. limosus substantially reduced abundances of 14 macroinvertebrate families: four Trichoptera (Brachycentridae, Leptoceridae, Limnephilidae, Psychomyiidae), three Ephemeroptera (Baetidae, Ephemerellidae, Heptageniidae), two Diptera (Chironomidae, Limoniidae) and Hirudinea (Erpobdellidae, Piscicolidae), and one each of Coleoptera (Elmidae) and Mollusca (Lymnaeidae).</t>
         </is>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="inlineStr">
         <is>
           <t>Šidagytė E., Razlutskij V., Alekhnovich A., Rybakovas A., Moroz M., Šniaukštaitė V., Vaitonis G., Arbačiauskas K. (2017) Predatory diet and potential effects of Orconectes limosus on river macroinvertebrate assemblages of the southeastern Baltic Sea basin: implications for ecological assessment. Aquatic Invasions 12, 523-540.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C10" t="s">
         <v>15</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Between January 2009 and March 2011, the relative abundances of O. limosus steadily increased with time, while the native A. leptodactylus dramatically decreased in abundance. (...) An agent-specific realtime PCR analyses demonstrated the presence of A. astaci DNA in at least 32% of the analysed invasive (n = 71) and 41% of the native (n = 49) crayfish coexisting in the Danube. A comparison of the relative abundances of both species at the upper 3 sampling sites along the Danube (CO, BE, and SV) shows a very large decline in the native species A. leptodactylus at site BE, at which the relative abundance of the invasive species was about 75% (Fig.2).</t>
+          <t>A. leptodactylus was almost completely displaced by O. limosus in waterbodies of the east Croatia. At all 3 overlapping sites, A. leptodactylus was replaced by the invasive O. limosus.</t>
         </is>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="inlineStr">
         <is>
-          <t>Pârvulescu L., Schrimpf A., Kozubíková E., Cabanillas Resino S., Vrålstad T., Petrusek A., Schulz R. (2012) Invasive crayfish and crayfish plague on the move: first detection of the plague agent Aphanomyces astaci in the Romanian Danube. Diseases of Aquatic Organisms 17, 85-94.</t>
+          <t>Maguire I., Klobučar G., Žganec K., Jelić M., Lucić A., Hudina S. (2018) Recent changes in distribution pattern of freshwater crayfish in Croatia − threats and perspectives. Knowledge Management of Aquatic Ecosystems 419.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Our results demonstrate that, after the introduction of the spiny-cheek crayfish O. limosus in the creek, A. astaci plague brought about the extinction of the native crayfish.</t>
+          <t>Between January 2009 and March 2011, the relative abundances of O. limosus steadily increased with time, while the native A. leptodactylus dramatically decreased in abundance. (...) An agent-specific realtime PCR analyses demonstrated the presence of A. astaci DNA in at least 32% of the analysed invasive (n = 71) and 41% of the native (n = 49) crayfish coexisting in the Danube. A comparison of the relative abundances of both species at the upper 3 sampling sites along the Danube (CO, BE, and SV) shows a very large decline in the native species A. leptodactylus at site BE, at which the relative abundance of the invasive species was about 75% (Fig.2).</t>
         </is>
       </c>
       <c r="F11" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>No direct transmission of A. astaci to native species from the invading F.limosus was observed in the given study. However, it was observed that moribund A. pallipes shown behavioural and physiological signs typical to crayfish plague infection.</t>
+          <t>There is no certainty that the impact was only caused by F. limosus as no direct transmission of A. astaci to native species from the infected F. limosus was observed in the given study.</t>
         </is>
       </c>
       <c r="H11"/>
       <c r="I11" t="inlineStr">
         <is>
-          <t>Bonelli M., Manenti R., Scaccini D. (2017) Mountain protected areas as refuges for threatened freshwater species: the detrimental effect of the direct introduction of alien species. Eco Mont - Journal on Protected Mountain Areas Research 9, 23-29.</t>
+          <t>Pârvulescu L., Schrimpf A., Kozubíková E., Cabanillas Resino S., Vrålstad T., Petrusek A., Schulz R. (2012) Invasive crayfish and crayfish plague on the move: first detection of the plague agent Aphanomyces astaci in the Romanian Danube. Diseases of Aquatic Organisms 17, 85-94.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>The recorded distribution of the two crayfish species in Trentino for each investigated catchment is the following: for the Trentino section of the Brenta catchment, the last evidence of A. pallipes in the two main lakes dates back to 2004 (Provincia Autonoma di Trento, 2004). The extinction of the native populations could have been determined by the competition with the invasive species which was introduced in Levico lake before 2006 when it was first recorded by Maiolini et al. (2007), and by the consequent spread of Aphanomyces astaci. Today, the native species has completely disappeared from this lake, and the alien species is widespread and with very high population density. The oomycosis, diffused through fishing equipment or aquatic animals, was possibly the only cause of the disappearance of A. pallipes in Caldonazzo lake. In fact, recent data (Minghetti et al., 2012) confirm the presence of infested specimens of O. limosus in both lakes.</t>
+          <t>Our results demonstrate that, after the introduction of the spiny-cheek crayfish O. limosus in the creek, A. astaci plague brought about the extinction of the native crayfish.</t>
         </is>
       </c>
       <c r="F12" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>No direct transmission of A. astaci to native species from the infected F.limosus was observed in the given study. However, recent data suggest that A. astaci was likely transmitted from infected F. limosus.</t>
+          <t>No direct transmission of A. astaci to native species from the invading F.limosus was observed in the given study. However, it was observed that moribund A. pallipes shown behavioural and physiological signs typical to crayfish plague infection.</t>
         </is>
       </c>
       <c r="H12"/>
-      <c r="I12" t="s">
-        <v>32</v>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>Bonelli M., Manenti R., Scaccini D. (2017) Mountain protected areas as refuges for threatened freshwater species: the detrimental effect of the direct introduction of alien species. Eco Mont - Journal on Protected Mountain Areas Research 9, 23-29.</t>
+        </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>The main potential vector of A. astaci in Czechia is the American spiny-cheeck crayfish Orconectes limosus (…). We investigated the presence of A. astaci in living O. limosus individuals from six localities (three running and three standing waters) (…). Positive results of the molecular detection of A. astaci for individuals of O. limosus from the Pšovka brook (indicating a latent infection by the pathogen in the local spiny-cheek crayfish population) suggest that this species may have been the source of infection causing mass mortalities of the noble and narrow-clawed crayfish in this brook in 1998-1999.</t>
+          <t>The recorded distribution of the two crayfish species in Trentino for each investigated catchment is the following: for the Trentino section of the Brenta catchment, the last evidence of A. pallipes in the two main lakes dates back to 2004 (Provincia Autonoma di Trento, 2004). The extinction of the native populations could have been determined by the competition with the invasive species which was introduced in Levico lake before 2006 when it was first recorded by Maiolini et al. (2007), and by the consequent spread of Aphanomyces astaci. Today, the native species has completely disappeared from this lake, and the alien species is widespread and with very high population density. The oomycosis, diffused through fishing equipment or aquatic animals, was possibly the only cause of the disappearance of A. pallipes in Caldonazzo lake. In fact, recent data (Minghetti et al., 2012) confirm the presence of infested specimens of O. limosus in both lakes.</t>
         </is>
       </c>
       <c r="F13" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>16</v>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>No direct transmission of A. astaci to native species from the infected F.limosus was observed in the given study. However, recent data suggest that A. astaci was likely transmitted from infected F. limosus.</t>
+        </is>
       </c>
       <c r="H13"/>
-      <c r="I13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I13" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Females of the fish louse Argulus cf. foliaceus (Crustacea: Branchiura) lay egg-strings on any hard substrate, including the crayfish exoskeleton. Such egg-masses were found on up to 65% of O. limosus specimens in the above-mentioned sandpit.</t>
+          <t>The main potential vector of A. astaci in Czechia is the American spiny-cheeck crayfish Orconectes limosus (…). We investigated the presence of A. astaci in living O. limosus individuals from six localities (three running and three standing waters) (…). Positive results of the molecular detection of A. astaci for individuals of O. limosus from the Pšovka brook (indicating a latent infection by the pathogen in the local spiny-cheek crayfish population) suggest that this species may have been the source of infection causing mass mortalities of the noble and narrow-clawed crayfish in this brook in 1998-1999.</t>
         </is>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="inlineStr">
         <is>
-          <t>Ďuriš Z., Horká I., Kristian J., Kozák P. (2006) SOME CASES OF MACRO-EPIBIOSIS ON THE INVASIVE CRAYFISH ORCONECTES LIMOSUS IN THE CZECH REPUBLIC. Bull. Fr. Pêche Piscic. 380-381, 1325-1337.</t>
+          <t>Kozubíková E., Petrusek A., Ďuriš Z., Kozák P., Geiger S., Hoffmann R., Oidtmann B. (2006) THE CRAYFISH PLAGUE IN THE CZECH REPUBLIC - REVIEW OF RECENT SUSPECT CASES AND A PILOT DETECTION STUDY. Bull. Fr. Pêche Piscic. 380-381, 1313-1323.</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>9</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B15"/>
       <c r="C15" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>This particular spiny-cheek crayfish population seems to have been heavily infected by A. astaci, all twelve collected specimens tested positive for the presence of the pathogen by PCR. Localities of the described losses of native crayfish populations were recorded in three regions of the Czech Republic. (...) Stone crayfish were affected in two cases in Central Bohemia; the remaining involved noble crayfish. (...) No crayfish (A. astacus) were found further downstream, although in the previous season they had been present and especially abundant in the stretch of brook examined. (...) A population of the stone crayfish A. torrentium disappeared in 2006 from the Hýskovský brook.</t>
+          <t>In interspecific comparisons, O. limosus emerges as dominant in confrontations between males, confrontations between females (P &lt; 0.05 in all cases) and when large O. limosus males faced small A. leptodactylus females (P &lt; 0.05). (...) It should be pointed out that in 27% of the trials where males of different species were involved, the O. limosus individual killed its opponent, even when smaller in size.</t>
         </is>
       </c>
       <c r="F15" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>23</v>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>The results presented in the study are inferred from laboratory experiments, and hence may not reliably evaluate interspecific interactions between F. limosus and A. leptodactylus.</t>
+        </is>
       </c>
       <c r="H15"/>
       <c r="I15" t="inlineStr">
         <is>
-          <t>Kozubíková E., Petrusek A., Ďuriš Z., Martín M.P., et al. (2008) The old menace is back: Recent crayfish plague outbreaks in the Czech Republic. Aquaculture 274, 208-217.</t>
+          <t>Lele S.-F.&amp; Pârvulescu L. (2017) Experimental evidence of the successful invader Orconectes limosus outcompeting the native Astacus leptodactylus in acquiring shelter and food. Biologia 72, 877-885.</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>9</v>
       </c>
       <c r="B16" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Astacus leptodactylus was not recorded in the Pšovka brook after the crayfish mortalities, and was considered locally extinct. A crayfish plague outbreak affecting A. astacus was recorded in the Bojovský brook in May 2005. No A. astacus were found in the downstream part of the brook affected by crayfish plague during surveys repeated yearly during student excursions, nor at several sites upstream from Bojov and Čisovice investigated intensively in July 2010 and 2013. An A. torrentium mortality caused by the crayfish plague was recorded in August 2009 in the Zákolanský brook in Podholí. (...) No A. torrentium were found at this site in September 2009. If the local disappearance of crayfish at this site was related to a crayfish plague outbreak, this might suggest spread of the mortality upstream.</t>
+          <t>This particular spiny-cheek crayfish population seems to have been heavily infected by A. astaci, all twelve collected specimens tested positive for the presence of the pathogen by PCR. Localities of the described losses of native crayfish populations were recorded in three regions of the Czech Republic. (...) Stone crayfish were affected in two cases in Central Bohemia. The remaining involved noble crayfish. (...) No crayfish (A. astacus) were found further downstream, although in the previous season they had been present and especially abundant in the stretch of brook examined. (...) A population of the stone crayfish A. torrentium disappeared in 2006 from the Hýskovský brook.</t>
         </is>
       </c>
       <c r="F16" t="s">
+        <v>16</v>
+      </c>
+      <c r="G16" t="s">
         <v>38</v>
       </c>
-      <c r="G16" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H16"/>
-      <c r="I16"/>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>Kozubíková E., Petrusek A., Ďuriš Z., Martín M.P., et al. (2008) The old menace is back: Recent crayfish plague outbreaks in the Czech Republic. Aquaculture 274, 208-217.</t>
+        </is>
+      </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>