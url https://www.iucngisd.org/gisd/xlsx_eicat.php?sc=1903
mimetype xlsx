--- v0 (2025-11-01)
+++ v1 (2026-02-21)
@@ -41,126 +41,126 @@
   <si>
     <t>Impact mechanism</t>
   </si>
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Ambystoma tigrinum</t>
   </si>
   <si>
+    <t>U.S.A.</t>
+  </si>
+  <si>
+    <t>Hybridisation</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Genetic study</t>
+  </si>
+  <si>
+    <t>Ambystoma californiense</t>
+  </si>
+  <si>
+    <t>Competition</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>Paper not clear about mechanism of impact</t>
+  </si>
+  <si>
+    <t>Transmission of diseases to native species</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>No impacts on a native population are reported.</t>
+  </si>
+  <si>
+    <t>Not specified</t>
+  </si>
+  <si>
+    <t>Ambystoma tigrinum stebbinsi (Lowe)</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Observed hybrids, but only few. inferes that if taken out, pop. could be solved</t>
+  </si>
+  <si>
+    <t>MR</t>
+  </si>
+  <si>
+    <t>Other stressors contribute to decline of natives</t>
+  </si>
+  <si>
+    <t>Fitzpatrick BM, Shaffer HB (2004) Environment-dependent admixture dynamics in a tiger salamander hybrid zone. Evolution 58(6):1282-1293.</t>
+  </si>
+  <si>
+    <t>Contamination of genepool</t>
+  </si>
+  <si>
     <t>U.S.A., Canada</t>
   </si>
   <si>
-    <t>Transmission of diseases to native species</t>
-[...37 lines deleted...]
-  <si>
     <t>Predation</t>
   </si>
   <si>
-    <t>MN</t>
-[...4 lines deleted...]
-  <si>
     <t>Only survival is studied, but could also have impact on populations. Hybrid causes impacts, not alien species ''alone''.</t>
   </si>
   <si>
     <t>Ambystoma californiense, Pseudacris regilla, Taricha torosa</t>
   </si>
   <si>
-    <t>MR</t>
-[...13 lines deleted...]
-  <si>
     <t>Picco AM, Collins JP (2008) Amphibian commerce as a likely source of pathogen pollution. Conservation Biology 22(6): 1582-9.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Contamination of genepool</t>
   </si>
   <si>
     <t>Genetic study, there is direct evidence to support the assessment.</t>
   </si>
   <si>
     <t>Ambystoma californiense, Pseudacris regilla, Taricha torosa, Ambystoma tigrinum stebbinsi (Lowe)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
@@ -238,509 +238,509 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>In summary, our data collectively suggest a single introduction and recent spread as the cause of emergence of salamander iridoviruses throughout the western US.</t>
-[...2 lines deleted...]
-      <c r="F2"/>
+          <t>Therefore, our results imply that natural selection has favored both the movement and fixation of these exceptional invasive alleles. The legal status of introgressed populations (native populations that are slightly genetically modified) is unresolved by the US Endangered Species Act. Our results illustrate that genetic and ecological factors need to be carefully weighed when considering different criteria for protection, because different rules could result in dramatically different geographic areas and numbers of individuals being protected.</t>
+        </is>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Jancovich JK, Davidson EW, Parameswaran N, Mao J, Chinchar VG, Collins JP, Jacobs BL, Storfer A (2005) Evidence for emergence of an amphibian iridoviral disease because of human‐enhanced spread. Molecular Ecology 14(1): 213-24.</t>
+          <t>Fitzpatrick BM, Johnson JR, Kump DK, Smith JJ, Voss SR, Shaffer HB (2010) Rapid spread of invasive genes into a threatened native species. Proceedings of the National Academy of Sciences 107(8): 3606-3610.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Introgression of a few, strongly selected introduced alleles should not necessarily affect the conservation status of California Tiger Salamanders, but suggests that genetically pure populations of this endangered species will be difficult to maintain.</t>
+          <t>We also found that native A. californiense larvae were negatively impacted by the presence of hybrid larvae: Native survival and size at metamorphosis were reduced and time to metamorphosis was extended. We also observed a large influence of Mendelian dominance on size, metamorphic</t>
         </is>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Fitzpatrick BM, Johnson JR, Kump DK, Shaffer HB, Smith JJ, Voss SR (2009) Rapid fixation of non-native alleles revealed by genome-wide SNP analysis of hybrid tiger salamanders. BMC Evolutionary Biology 9(1): 176.</t>
+          <t>Ryan ME, Johnson JR, Fitzpatrick BM (2009) Invasive hybrid tiger salamander genotypes impact native amphibians. Proceedings of the National Academy of Sciences 106(27):11166-11171.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Some of these introductions are relatively well known and have resulted in the formation of hybrids with the imperiled native California tiger salamander (A. californiense).</t>
-[...4 lines deleted...]
-      </c>
+          <t>Virus was isolated from diseased salamanders using fish cell cultures, ...This virus, believed to be an iridovirus based on viral morphology and host pathology, was demonstrated to be the primary pathogen in these epizootics, and is the first lethal epizootic virus reported from salamanders.</t>
+        </is>
+      </c>
+      <c r="F4"/>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I4" t="inlineStr">
         <is>
-          <t>Johnson JR, Thomson RC, Micheletti SJ, Shaffer HB (2011) The origin of tiger salamander (Ambystoma tigrinum) populations in California, Oregon, and Nevada: introductions or relicts?. Conservation Genetics 12(2): 355-370.</t>
+          <t>Jancovich JK, Davidson EW, Morado JF, Jacobs BL, Collins JP (1997) Isolation of a lethal virus from the endangered tiger salamander Ambystoma tigrinum stebbinsi. Diseases of Aquatic Organisms 31(3): 161-7.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Our results suggest that introgression from introduced A. t. mavortium may be altering the gene pool of A. t. stebbinsi, thereby raising concerns about continued management of this endangered species.</t>
         </is>
       </c>
       <c r="F5"/>
       <c r="G5" t="inlineStr">
         <is>
           <t>The alien species is reported to cause impacts but it is unknown how much the native species is affected (i.e. changes are observed, but they cannot be translated into EICAT categories)</t>
         </is>
       </c>
       <c r="H5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Storfer A, Mech SG, Reudink MW, Ziemba RE, Warren J, Collins JP (2004) Evidence for introgression in the endangered Sonora tiger salamander, Ambystoma tigrinum stebbinsi (Lowe). Copeia 2004(4):783-796.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>We found that most classes of hybrid tiger salamander larvae dramatically reduced survival of 2 native community members, the Pacific Chorus Frog (Pseudacris regilla) and the California Newt (Taricha torosa). We also found that native A. californiense larvae were negatively impacted by the presence of hybrid larvae: Native survival and size at metamorphosis were reduced and time to metamorphosis was extended. We also observed a large influence of Mendelian dominance on size, metamorphic</t>
+          <t>Introgression of a few, strongly selected introduced alleles should not necessarily affect the conservation status of California Tiger Salamanders, but suggests that genetically pure populations of this endangered species will be difficult to maintain.</t>
         </is>
       </c>
       <c r="F6" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I6" t="inlineStr">
         <is>
-          <t>Ryan ME, Johnson JR, Fitzpatrick BM (2009) Invasive hybrid tiger salamander genotypes impact native amphibians. Proceedings of the National Academy of Sciences 106(27):11166-11171.</t>
+          <t>Fitzpatrick BM, Johnson JR, Kump DK, Shaffer HB, Smith JJ, Voss SR (2009) Rapid fixation of non-native alleles revealed by genome-wide SNP analysis of hybrid tiger salamanders. BMC Evolutionary Biology 9(1): 176.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>In the intensively farmed Salinas Valley, California (U.S.A.), threatened California tiger salamanders (Ambystoma californiense) have been replaced by hybrids between California tiger salamander and introduced barred tiger salamanders (Ambystoma tigrinum mavortium).</t>
+          <t>Some of these introductions are relatively well known and have resulted in the formation of hybrids with the imperiled native California tiger salamander (A. californiense).</t>
         </is>
       </c>
       <c r="F7" t="s">
+        <v>25</v>
+      </c>
+      <c r="G7" t="s">
         <v>26</v>
       </c>
-      <c r="G7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I7" t="inlineStr">
         <is>
-          <t>Ryan ME, Johnson JR, Fitzpatrick BM, Lowenstine LJ, Picco AM, Shaffer HB (2013) Lethal effects of water quality on threatened California salamanders but not on co‐occurring hybrid salamanders. Conservation Biology 27(1): 95-102.</t>
+          <t>Johnson JR, Thomson RC, Micheletti SJ, Shaffer HB (2011) The origin of tiger salamander (Ambystoma tigrinum) populations in California, Oregon, and Nevada: introductions or relicts?. Conservation Genetics 12(2): 355-370.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Hybridization and backcrossing have been occurring in central California for 50-60 years, or an estimated 15-30 generations....These patterns indicate that admixture is influenced by complex genotype-by-environment interactions.</t>
+          <t>In the intensively farmed Salinas Valley, California (U.S.A.), threatened California tiger salamanders (Ambystoma californiense) have been replaced by hybrids between California tiger salamander and introduced barred tiger salamanders (Ambystoma tigrinum mavortium).</t>
         </is>
       </c>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="H8" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>15</v>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>Ryan ME, Johnson JR, Fitzpatrick BM, Lowenstine LJ, Picco AM, Shaffer HB (2013) Lethal effects of water quality on threatened California salamanders but not on co‐occurring hybrid salamanders. Conservation Biology 27(1): 95-102.</t>
+        </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C9" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Therefore, our results imply that natural selection has favored both the movement and fixation of these exceptional invasive alleles. The legal status of introgressed populations (native populations that are slightly genetically modified) is unresolved by the US Endangered Species Act. Our results illustrate that genetic and ecological factors need to be carefully weighed when considering different criteria for protection, because different rules could result in dramatically different geographic areas and numbers of individuals being protected.</t>
+          <t>Hybridization and backcrossing have been occurring in central California for 50-60 years, or an estimated 15-30 generations....These patterns indicate that admixture is influenced by complex genotype-by-environment interactions.</t>
         </is>
       </c>
       <c r="F9" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H9" t="s">
-        <v>20</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="I9" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Hybrid vigor implies that the native gene pool is not resistant to invasion of introduced alleles. Thus, a mixture of gene pools is expected, with fixation of advantageous introduced alleles and preservation of advantageous native alleles. This constitutes a loss of biodiversity, because alleles and genotypes unique to A. californiense are being lost....The spatial transition from highly admixed to nearly pure native populations was abrupt, suggesting either cryptic barriers to dispersal or locally rapid displacement of natives by an advancing hybrid swarm.</t>
+          <t>Our first- and second- generation hybrid crosses demonstrate that salamander survival was influenced by epistatic genetic interactions, and suggest that non-additive inheritance is an important component of the outcome of hybridization between species in secondary contact. Further, fitness variation among early-generation cross types also indicates that while natural dispersal of a few individuals from the hybrid zone into native populations will not likely result in the rapid displacement of native genotypes, the human-mediated introduction of highly nonnative salamanders will dramatically reduce the relative fitness of native salamanders.</t>
         </is>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G10" t="s">
+        <v>30</v>
       </c>
       <c r="H10" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I10" t="inlineStr">
         <is>
-          <t>Fitzpatrick BM, Shaffer HB (2007) Hybrid vigor between native and introduced salamanders raises new challenges for conservation. Proceedings of the National Academy of sciences 104(40): 15793-15798.</t>
+          <t>Johnson JR, Fitzpatrick BM, Shaffer HB (2010) Retention of low-fitness genotypes over six decades of admixture between native and introduced tiger salamanders. BMC Evolutionary Biology 10(1):147.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>We also found that native A. californiense larvae were negatively impacted by the presence of hybrid larvae: Native survival and size at metamorphosis were reduced and time to metamorphosis was extended. We also observed a large influence of Mendelian dominance on size, metamorphic</t>
-[...4 lines deleted...]
-      </c>
+          <t>In summary, our data collectively suggest a single introduction and recent spread as the cause of emergence of salamander iridoviruses throughout the western US.</t>
+        </is>
+      </c>
+      <c r="F11"/>
       <c r="G11" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H11" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I11" t="inlineStr">
         <is>
-          <t>Ryan ME, Johnson JR, Fitzpatrick BM (2009) Invasive hybrid tiger salamander genotypes impact native amphibians. Proceedings of the National Academy of Sciences 106(27):11166-11171.</t>
+          <t>Jancovich JK, Davidson EW, Parameswaran N, Mao J, Chinchar VG, Collins JP, Jacobs BL, Storfer A (2005) Evidence for emergence of an amphibian iridoviral disease because of human‐enhanced spread. Molecular Ecology 14(1): 213-24.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C12" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Our expanded geographic analysis indicated that the Salinas Valley (sites 24-72) is largely a hybrid swarm with most samples containing high frequencies of introduced alleles (Fig. 3). The only ostensibly pure native samples from the Salinas Valley were from an isolated vernal pool complex on Old Fort Ord Public Lands...Because recombinant homozygous genotypes can breed true, a single highly fit genotype with a mosaic of native and introduced alleles may eventually replace the historically pure California Tiger Salamander (listed as Threatened under the U.S. Endangered Species Act).</t>
+          <t>We found that most classes of hybrid tiger salamander larvae dramatically reduced survival of 2 native community members, the Pacific Chorus Frog (Pseudacris regilla) and the California Newt (Taricha torosa). We also found that native A. californiense larvae were negatively impacted by the presence of hybrid larvae: Native survival and size at metamorphosis were reduced and time to metamorphosis was extended. We also observed a large influence of Mendelian dominance on size, metamorphic</t>
         </is>
       </c>
       <c r="F12" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="G12" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="H12" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="I12" t="inlineStr">
         <is>
-          <t>Fitzpatrick BM, Shaffer HB (2007) Introduction history and habitat variation explain the landscape genetics of hybrid tiger salamanders. Ecological Applications 17(2): 598-608.</t>
+          <t>Ryan ME, Johnson JR, Fitzpatrick BM (2009) Invasive hybrid tiger salamander genotypes impact native amphibians. Proceedings of the National Academy of Sciences 106(27):11166-11171.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Virus was isolated from diseased salamanders using fish cell cultures, ...This virus, believed to be an iridovirus based on viral morphology and host pathology, was demonstrated to be the primary pathogen in these epizootics, and is the first lethal epizootic virus reported from salamanders.</t>
-[...4 lines deleted...]
-        <v>13</v>
+          <t>Hybrid vigor implies that the native gene pool is not resistant to invasion of introduced alleles. Thus, a mixture of gene pools is expected, with fixation of advantageous introduced alleles and preservation of advantageous native alleles. This constitutes a loss of biodiversity, because alleles and genotypes unique to A. californiense are being lost....The spatial transition from highly admixed to nearly pure native populations was abrupt, suggesting either cryptic barriers to dispersal or locally rapid displacement of natives by an advancing hybrid swarm.</t>
+        </is>
+      </c>
+      <c r="F13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>Hybrid vigor studied. Native species still there, but expected to be replaced by hybrids: projection. Could be MR. hybridisation across 15-20% of the endangered native species range.</t>
+        </is>
       </c>
       <c r="H13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I13" t="inlineStr">
         <is>
-          <t>Jancovich JK, Davidson EW, Morado JF, Jacobs BL, Collins JP (1997) Isolation of a lethal virus from the endangered tiger salamander Ambystoma tigrinum stebbinsi. Diseases of Aquatic Organisms 31(3): 161-7.</t>
+          <t>Fitzpatrick BM, Shaffer HB (2007) Hybrid vigor between native and introduced salamanders raises new challenges for conservation. Proceedings of the National Academy of sciences 104(40): 15793-15798.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Ranaviruses were detected in the tiger salamander bait trade in Arizona, Colorado, and New Mexico, and Bd was detected in Arizona bait shops. Ranaviruses were spread geographically through the bait trade. All tiger salamanders in the bait trade were collected from the wild, and in general they moved east to west and north to south, bringing with them their multiple ranavirus strains. Finally, 26–73% of anglers used tiger salamanders as fishing bait, 26–67% of anglers released tiger salamanders bought as bait into fishing waters, and 4% of bait shops released tiger salamanders back into the wild after they were housed in shops with infected animals. The tiger salamander bait trade in the western United States is a useful model for understanding the consequences of the unregulated anthropogenic movement of amphibians and their pathogens through trade.</t>
-[...2 lines deleted...]
-      <c r="F14"/>
+          <t>Our expanded geographic analysis indicated that the Salinas Valley (sites 24-72) is largely a hybrid swarm with most samples containing high frequencies of introduced alleles (Fig. 3). The only ostensibly pure native samples from the Salinas Valley were from an isolated vernal pool complex on Old Fort Ord Public Lands...Because recombinant homozygous genotypes can breed true, a single highly fit genotype with a mosaic of native and introduced alleles may eventually replace the historically pure California Tiger Salamander (listed as Threatened under the U.S. Endangered Species Act).</t>
+        </is>
+      </c>
+      <c r="F14" t="s">
+        <v>18</v>
+      </c>
       <c r="G14" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H14" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>15</v>
+      </c>
+      <c r="I14" t="inlineStr">
+        <is>
+          <t>Fitzpatrick BM, Shaffer HB (2007) Introduction history and habitat variation explain the landscape genetics of hybrid tiger salamanders. Ecological Applications 17(2): 598-608.</t>
+        </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>9</v>
       </c>
       <c r="B15" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C15" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Our first- and second- generation hybrid crosses demonstrate that salamander survival was influenced by epistatic genetic interactions, and suggest that non-additive inheritance is an important component of the outcome of hybridization between species in secondary contact. Further, fitness variation among early-generation cross types also indicates that while natural dispersal of a few individuals from the hybrid zone into native populations will not likely result in the rapid displacement of native genotypes, the human-mediated introduction of highly nonnative salamanders will dramatically reduce the relative fitness of native salamanders.</t>
-[...4 lines deleted...]
-      </c>
+          <t>Ranaviruses were detected in the tiger salamander bait trade in Arizona, Colorado, and New Mexico, and Bd was detected in Arizona bait shops. Ranaviruses were spread geographically through the bait trade. All tiger salamanders in the bait trade were collected from the wild, and in general they moved east to west and north to south, bringing with them their multiple ranavirus strains. Finally, 26–73% of anglers used tiger salamanders as fishing bait, 26–67% of anglers released tiger salamanders bought as bait into fishing waters, and 4% of bait shops released tiger salamanders back into the wild after they were housed in shops with infected animals. The tiger salamander bait trade in the western United States is a useful model for understanding the consequences of the unregulated anthropogenic movement of amphibians and their pathogens through trade.</t>
+        </is>
+      </c>
+      <c r="F15"/>
       <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15" t="s">
+        <v>23</v>
+      </c>
+      <c r="I15" t="s">
         <v>35</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>9</v>
       </c>
       <c r="B16" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C16" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Given a goal of preserving A. californiense in its native form, we are thrice unlucky. An exotic species has been introduced into the range of a declining native salamander, reproductive isolation is not strong enough to have prevented extensive genetic mixing, and widespread disturbance of native breeding habitats may have eliminated or dampened what reproductive isolation exists.</t>
         </is>
       </c>
       <c r="F16" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>36</v>
       </c>
       <c r="H16" t="s">
         <v>37</v>
       </c>
       <c r="I16" t="inlineStr">
         <is>
           <t>Ryan ME, Johnson JR, Fitzpatrick BM, Lowenstine LJ, Picco AM, Shaffer HB (2013) Lethal effects of water quality on threatened California salamanders but not on co‐occurring hybrid salamanders. Conservation Biology 27(1): 95-102. Riley SP, Bradley Shaffer H, Randal Voss S, Fitzpatrick BM (2003) Hybridization between a rare, native tiger salamander (Ambystoma californiense) and its introduced congener. Ecological Applications 13(5): 1263-1275. Fitzpatrick BM, Shaffer HB (2007) Introduction history and habitat variation explain the landscape genetics of hybrid tiger salamanders. Ecological Applications 17(2): 598-608.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>