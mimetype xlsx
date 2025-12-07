--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -41,90 +41,90 @@
   <si>
     <t>Impact mechanism</t>
   </si>
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Osteopilus septentrionalis</t>
   </si>
   <si>
+    <t>U.S.A.</t>
+  </si>
+  <si>
+    <t>Poisoning/ toxicity</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Laboratory experiment, feeding trials with snakes eating different prey. Effect on wild populations not studied</t>
+  </si>
+  <si>
+    <t>Thamnophis sirtalis</t>
+  </si>
+  <si>
     <t>Netherlands Antilles</t>
   </si>
   <si>
     <t>Competition</t>
   </si>
   <si>
     <t>DD</t>
   </si>
   <si>
     <t>Since they climb trees they may be a threat to the endemic Anolis bonairensis and may also compete with them for food.</t>
   </si>
   <si>
     <t>Van Buurt G (2006) Conservation of amphibians and reptiles in Aruba, Curaçao and Bonaire. Applied Herpetology 3 (4): 307-321.</t>
   </si>
   <si>
-    <t>U.S.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predation</t>
   </si>
   <si>
-    <t>MN</t>
-[...4 lines deleted...]
-  <si>
     <t>(Lab study) The Cuban Tree frog tadpoles consumed native tadpoles.</t>
   </si>
   <si>
     <t>Hyla squirella</t>
-  </si>
-[...7 lines deleted...]
-    <t>Thamnophis sirtalis</t>
   </si>
   <si>
     <t>Anaxyrus terrestris, Hyla cinerea</t>
   </si>
   <si>
     <t>Virgin Islands</t>
   </si>
   <si>
     <t>Stomach content analyses, impact on population sizes unknown, species names not given.</t>
   </si>
   <si>
     <t>Table 4-7 list prey items found in stomachs.</t>
   </si>
   <si>
     <t>Prey species not specified, impact only studies at individual levels (stomach content) and population effects uncertain.</t>
   </si>
   <si>
     <t>Transmission of diseases to native species</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Potential parasite introduction, but presence of these parasites were not recorded in native frogs.</t>
   </si>
@@ -233,434 +233,434 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" t="s">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Snakes ate all offered prey items during the feeding trial, including Cuban Treefrogs. However, consumption of Cuban Treefrogs resulted in a 50% reduction in growth rate, a variable correlated with fitness.</t>
+        </is>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Goetz SM, Guyer C, Boback SM, Romagosa CM (2018) Toxic, invasive treefrog creates evolutionary trap for native gartersnakes. Biological invasions 20 (2): 519-531.</t>
+        </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="G3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="H3" t="s">
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+      <c r="I3" t="s">
         <v>20</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Snakes ate all offered prey items during the feeding trial, including Cuban Treefrogs; however, consumption of Cuban Treefrogs resulted in a 50% reduction in growth rate, a variable correlated with fitness.</t>
+          <t>These results provide the first evidence that larval O. septentrionalis will prey on heterospecific anuran larvae. Fewer H. squirella and B. marinus survived the experimental period when housed with one O. septentrionalis than when housed in the control treatment.</t>
         </is>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4" t="s">
         <v>23</v>
       </c>
       <c r="I4" t="inlineStr">
         <is>
-          <t>Goetz SM, Guyer C, Boback SM, Romagosa CM (2018) Toxic, invasive treefrog creates evolutionary trap for native gartersnakes. Biological invasions 20 (2): 519-531.</t>
+          <t>Smith K (2005) An exploratory assessment of Cuban treefrog (Osteopilus septentrionalis) tadpoles as predators of native and nonindigenous tadpoles in Florida. Amphibia-reptilia 26 (4): 571-575.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Additional experiments by ecologist Dr. Michael Knight and colleagues showed that survivorship of native squirrel treefrog tadpoles declined significantly in the presence of Cuban treefrog tadpoles.</t>
         </is>
       </c>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>Additional experiments by ecologist Dr. Michael Knight and colleagues showed that survivorship of native squirrel treefrog tadpoles declined significantly in the presence of Cuban treefrog tadpoles.</t>
         </is>
       </c>
       <c r="H5" t="s">
         <v>24</v>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Johnson S (2007) The Cuban Treefrog (Osteopilus septentrionalis) in Florida. Publication WEC 218. Institute of Food and Agricultural Sciences, University of Florida, Gainesville, FL.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>25</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>The taxa Coleoptera, Gastropoda, Hemiptera, Homoptera, Isoptera, Isopoda, Scorpiones and vertebrates were found with similar frequencies (not significantly different) in stomachs and intestines, whereas, the taxa Acari, Araneae, Blattaria, Dermaptera, Diptera, Hymenoptera, Lepidoptera, Orthoptera, and other were found more frequently in intestines than in stomachs. [...] Because of its generalist diet, the [ cuban tree frog] CTF could have impacts on native invertebrate populations. Detritivorous, insectivorous, and pollinating invertebrates, such as those I found in the digestive system of CTFs, play a pivotal role in food webs and in the stability of an ecosystem. Any alteration mediated by CTFs to these key groups could have damaging effects on the ecosystems of the BVI. In addition to direct effects on their prey, CTFs may have the ability to impact native frog populations through competition, displacement and predation.</t>
         </is>
       </c>
       <c r="F6" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="inlineStr">
         <is>
           <t>Owen JL (2005) The Cuban tree frog (Osteopilus septentrionalis): distribution, diet, and reproduction of an invasive species in the British Virgin Islands (Doctoral dissertation, Texas Tech University).</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>28</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="inlineStr">
         <is>
           <t>Meshaka WE (1994) Ecological correlates of successful colonization in the life history of the Cuban Treefrog, Osteopilus septentrionalis (Anura: Hylidae). PhD Dissertation, Florida International University, Miami, Florida. pp. 55-69</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8" t="s">
         <v>30</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>O. lenteixeirai was likely introduced because it is commonly reported in O. septentrionalis' native range but has never been reported in FL-native anurans. Aplectana sp. is also likely introduced because it has been reported in several anurans in Cuba but only reported once in Florida.[...] Only one parasite species, O. lenteixeiria, appears to be a confirmed introduced species because it is found commonly in the native range of CTFs (Table 3), but there are no records of this species from frogs native to Florida.</t>
         </is>
       </c>
       <c r="F8" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="inlineStr">
         <is>
           <t>Ortega N, Price W, Campbell T, Rohr J (2015) Acquired and introduced macroparasites of the invasive Cuban treefrog, Osteopilus septentrionalis. International Journal for Parasitology: Parasites and Wildlife 4 (3): 379-384.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>While our study methods are insufficient to document competition, we found no trend in native treefrog counts once temporal correlation was addressed despite a significant natural removal of O. septentrionalis.</t>
         </is>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9" t="inlineStr">
         <is>
           <t>Haggerty CJ, Crisman TL (2015) Pulse disturbance impacts from a rare freeze event in Tampa, Florida on the exotic invasive Cuban treefrog, Osteopilus septentrionalis, and native treefrogs. Biological Invasions 17 (7): 2103-2111.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E10" t="inlineStr" s="2">
         <is>
           <t>To investigate the attractiveness of various sized native Green Treefrogs as prey to Cuban Treefrogs, we conducted laboratory experiments where we offered very large Cuban Treefrogs the choice of arthropods (crickets), conspecifics, and Green Treefrogs. We found that all prey types were consumed by the very large Cuban Treefrogs over the course of the feeding trials. When given the choice of crickets or treefrogs as prey, more
 of the very large treefrogs ate just crickets and crickets were usually consumed before treefrogs. While not indicating a selection or preference for predation on other treefrogs, our trials did show that Cuban Treefrogs will eat both Green Treefrogs and conspecifics and could have a negative impact on native hylids by removing reproductively mature individuals from the population.</t>
         </is>
       </c>
       <c r="F10" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>(Lab study) Predation of invasive on natives in a laboratory setting, potentially causing decline in populations. However, field studies would be required to corroborate lab results.</t>
         </is>
       </c>
       <c r="H10" t="s">
         <v>32</v>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>Wyatt JL, Forys EA (2004) Conservation implications of predation by Cuban treefrogs (Osteopilus septentrionalis) on native hylids in Florida. Southeastern Naturalist 3 (4): 695-700.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>No other anurans were seen consuming the worms, and all worms were recovered in the petri dishes of R. catesbieana and E. planirostris at the experiment’s conclusion. Indeed, worms displayed little interest, i.e., random movement was apparent, when exposed to all nonhylid hosts. [...] It is important to point out that our study only found harm in the exotic and invasive Cuban tree frog (O. septentrionalis); thus, we have no evidence to suggest that A. hylae harms native anurans, but we did not test young individuals of native species. [...] Our novel experimental infections to test host specificity showed that A. hylae displays strict host specificity within the  tree frogs (Hylidae); the worms infected both species of hylids, O. septentrionalis and H. cineria, but were unable to infect members of the Ranidae, Bufonidae, or Eleutherodactylidae. The results of our host specificity experiments are supported by our field collections, which found infections primarily in O. septentrionalis, with a single infection occurring in H. cineria, whereas H. versicolor and all nonhylids were uninfected. Thus, it appears that worms on the FSC campus rely on O. septentrionalis to play host, but occasionally infect H. cineria. It is unclear whether the difference in infection parameters between O. septentrionalis and H. cineria has a physiological or ecological basis. The relatively low P and MI of worms found in H. cineria during our experimental infections, when most ecological determinants of infection are eliminated (see Langford and Janovy, 2013), suggest a physiological explanation for the worm’s preference of O. septentrionalis.</t>
         </is>
       </c>
       <c r="F11" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>Field studies were conducted to determine the prevalence of disease and lab studies were conducted to determine whether disease transmission occurs during co-housing of native and invasive anurans.</t>
         </is>
       </c>
       <c r="H11"/>
       <c r="I11" t="inlineStr">
         <is>
           <t>Andrews JM, Childress JN, Iakovidis TJ, Langford GJ (2015) Elucidating the life history and ecological aspects of Allodero hylae (Annelida: Clitellata: Naididae), a parasitic oligochaete of invasive Cuban tree frogs in Florida. Journal of Parasitology 101 (3): 275-281.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>In this study I used experimental manipulations to examine the competitive effects of the larvae of two widely introduced anurans, the cane toad, Bufo marinus, and the Cuban treefrog, Osteopilus septentrionalis, on the growth and development of the larvae of two native anurans (the southern toad, Bufo terrestris, and the green treefrog, Hyla cinerea). The presence of O. septentrionalis larvae consistently impacted growth and development of native larvae, resulting in reduced growth rates and delayed metamorphosis of both native species and smaller mass at metamorphosis of B. terrestris. Hyla cinerea larvae transformed at greater body masses when reared with the rapidly transforming nonindigenous species as a result of competitive release. The negative effects of O. septentrionalis on native larvae were generally significant whether native tadpoles were exposed to O. septentrionalis alone or in combination with B. marinus. [...] Neither nonindigenous species significantly decreased the survivorship of native larvae, although a trend toward decreased survivorship was evident for H. cinerea. These results suggest that nonindigenous larval anurans may adversely impact native tadpole communities as a result of interspecific competition.</t>
         </is>
       </c>
       <c r="F12" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>33</v>
       </c>
       <c r="H12" t="s">
         <v>34</v>
       </c>
       <c r="I12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>We conducted a passive monitoring experiment and a playback experiment to quantify the impact of invasive Cuban treefrog (Osteopilus septentrionalis) acoustic signals on the acoustic environment and on native treefrog acoustic behavior. Preliminary results suggest that the chorusing behavior of the invasive Cuban treefrog altered the ambient soundscape and affected the acoustic behavior of native treefrogs. Collectively, these results suggest that acoustic invasive species are important yet rarely considered sources of noise that can have ecological consequences at scales ranging from the individual to the ecosystem.</t>
         </is>
       </c>
       <c r="F13" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>(Field study) Introduction of invasive species alters acoustic niche off native species. However, it is not clear whether this impact of native acoustic niche has any impact on population sizes of the native species.</t>
         </is>
       </c>
       <c r="H13" t="s">
         <v>32</v>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>Tennessen J, Parks SE, Snow RW, Langkilde TL (2013) Impacts of acoustic competition between invasive Cuban treefrogs and native treefrogs in southern Florida. InProceedings of Meetings on Acoustics ICA 19 (1): 010057.  Acoustical Society of America.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>We demonstrate that noise from an invasive species differentially affects the vocal behaviour of native species. Those with similar calls (H. cinerea) shortened calls, called louder and persisted calling in response to masking stimuli while those with different calls (H. femoralis) did not modify behaviour. This evidence suggests that acoustic competition by invasive O. septentrionalis has altered the acoustic community structure, identifying acoustic competition as a mechanism by which invasive species can impact communities. Furthermore, these results broaden the concept of noise pollution, demonstrating fitness-relevant consequences of noise produced by invasive species.</t>
         </is>
       </c>
       <c r="F14" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>(Field study) Introduction of invasive species alters acoustic niche off native species. However, it is not clear whether this impact of native acoustic niche has any impact on population sizes of the native species.</t>
         </is>
       </c>
       <c r="H14" t="s">
         <v>32</v>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>Tennessen JB, Parks SE, Tennessen TP, Langkilde T (2016) Raising a racket: invasive species compete acoustically with native treefrogs. Animal Behaviour 114: 53-61.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>