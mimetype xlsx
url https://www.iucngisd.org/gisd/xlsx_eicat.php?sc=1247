--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -44,135 +44,135 @@
   <si>
     <t>EICAT Category</t>
   </si>
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Leiothrix lutea</t>
   </si>
   <si>
     <t>U.S.A.</t>
   </si>
   <si>
+    <t>Competition</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of competition impacts.</t>
+  </si>
+  <si>
+    <t>Paroreomyza montana</t>
+  </si>
+  <si>
+    <t>Indirect impacts through interactions with other species</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Lever, C (2005). Naturalized Birds of the World. Bloomsbury, London</t>
+  </si>
+  <si>
     <t>Grazing/herbivory/browsing</t>
   </si>
   <si>
-    <t>MC</t>
-[...4 lines deleted...]
-  <si>
     <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of herbivory impacts.</t>
   </si>
   <si>
     <t>Mountainspring, S. &amp; Scott, J.M., (1985). Interspecific Competition Among Hawaiian Forest Birds. Ecological Monographs, 55(2), pp.219–239.</t>
   </si>
   <si>
-    <t>Competition</t>
-[...7 lines deleted...]
-  <si>
     <t>Predation</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of predation impacts.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Parus major, Parus ater</t>
   </si>
   <si>
     <t>Transmission of diseases to native species</t>
   </si>
   <si>
     <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of transmission of diseases to native species  impacts.</t>
   </si>
   <si>
     <t>Chlorodrepanis virens, Palmeria dolei</t>
   </si>
   <si>
     <t>High</t>
   </si>
   <si>
     <t>There is observational evidence to support the assessment.</t>
   </si>
   <si>
     <t>Cettia diphone, Parus major, Dendrocopos kizuki, Hypsipetes amaurotis, Urosphena squameiceps, Aegithalos caudatus, Parus varius, Zosterops japonicus</t>
   </si>
   <si>
     <t>Cettia diphone</t>
   </si>
   <si>
     <t>Amano, H. E. &amp; Eguchi, K. (2002a). Nest-site selection of the red-billed Leiothrix and Japanese bush warbler in Japan. Ornithological Science 1, 101–110.</t>
   </si>
   <si>
     <t>Chlorodrepanis virens</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
-    <t>DD</t>
-[...1 lines deleted...]
-  <si>
     <t>Amano, H. E. &amp; Eguchi, K. (2002b). Foraging niches of introduced Red-billed Leiothrix and native species in Japan. Ornithological Science 1, 123–131.</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Amano, H. E. &amp; Eguchi, K. (2002). Foraging niches of introduced Red-billed Leiothrix and native species in Japan. Ornithological Science 1, 123–131.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lever, C (2005). Naturalized Birds of the World. Bloomsbury, London</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -247,519 +247,519 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>The four exotic species in our analysis tend to differ in general foraging behavior and resource use, and are not obvious competitors, except perhaps for the two babblers that differ in finer details of resource use, the larger Melodious Laughing-thrush (55 g) feeding more on insects, the smaller Red-billed Leiothrix (22 g) more on fruit. Diet of Hawaiian birds in native forest: Red-billed Leiothrix: Athropods, Fleshy fruits.</t>
+          <t>White-eyes, leiothrix, and bush-warblers had broad diets that strongly overlapped with a native honeycreeper, the  Alauahio (Paroreomyza montana).  Thus, extensive overlap in resource use, a primary requirement for competition, existed between a native bird and three introduced species. Lack of dietary shifts and density responses in the areas where Alauahio were present or absent suggests minimal effects of competition on leiothrix and bush-warblers.</t>
         </is>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
+      </c>
+      <c r="I2" t="inlineStr" s="2">
+        <is>
+          <t>Foster, J.T. (2005). Exotic bird invasion into forests of Hawaii: Demography, competition, and seed dispersal, PhD Thesis, University of Illinois at Urbana-Champaign 
+Available at: http://search.proquest.com/docview/305013531/</t>
+        </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>White-eyes, leiothrix, and bush-warblers had broad diets that strongly overlapped with a native honeycreeper, the  Alauahio (Paroreomyza montana).  Thus, extensive overlap in resource use, a primary requirement for competition, existed between a native bird and three introduced species. Lack of dietary shifts and density responses in the areas where Alauahio were present or absent suggests minimal effects of competition on leiothrix and bush-warblers.</t>
-[...10 lines deleted...]
-      </c>
+          <t>I assessed the demography of an invasion, addressing habitat-specific differences in the survival and reproduction of three introduced bird species: the Red-billed Leiothrix ( Leiothrix lutea ), Japanese Bush-Warbler (Cettia diphone), and Japanese White-eye (Zosterops japonicus )... Introduced birds did have a strong and conspicuous impact on native and non-native plants. In an ecosystem where most native frugivores are extinct, introduced birds dispersed all common native plants in these forest sites but non-native plants were infrequently eaten and dispersed. Furthermore, introduced birds are effectively dispersing native seeds from native forest into adjacent sites currently dominated by non-native plants, allowing native forest to reestablish. These studies lay the foundation for understanding the full complexity and ramifications of the ecology of avian introductions.</t>
+        </is>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
       <c r="I3" t="inlineStr" s="2">
         <is>
           <t>Foster, J.T. (2005). Exotic bird invasion into forests of Hawaii: Demography, competition, and seed dispersal, PhD Thesis, University of Illinois at Urbana-Champaign 
 Available at: http://search.proquest.com/docview/305013531/</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>According to Lewin (1971) L. lutea is one of the alien species in the Hawaiian Islands implicated in the spread of the exotic Banana Poka Passiflora mollissima; it also causes some local damage to several soft fruit and vegetable crops.</t>
+        </is>
+      </c>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
+      <c r="I4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>The four exotic species in our analysis tend to differ in general foraging behavior and resource use, and are not obvious competitors, except perhaps for the two babblers that differ in finer details of resource use, the larger Melodious Laughing-thrush (55 g) feeding more on insects, the smaller Red-billed Leiothrix (22 g) more on fruit. Diet of Hawaiian birds in native forest: Red-billed Leiothrix: Athropods, Fleshy fruits.</t>
+        </is>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>20</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="inlineStr">
         <is>
           <t>I assessed the demography of an invasion, addressing habitat-specific differences in the survival and reproduction of three introduced bird species: the Red-billed Leiothrix ( Leiothrix lutea ), Japanese Bush-Warbler (Cettia diphone), and Japanese White-eye (Zosterops japonicus )... Introduced birds did have a strong and conspicuous impact on native and non-native plants. In an ecosystem where most native frugivores are extinct, introduced birds dispersed all common native plants in these forest sites but non-native plants were infrequently eaten and dispersed. Furthermore, introduced birds are effectively dispersing native seeds from native forest into adjacent sites currently dominated by non-native plants, allowing native forest to reestablish. These studies lay the foundation for understanding the full complexity and ramifications of the ecology of avian introductions.</t>
         </is>
       </c>
-      <c r="F4" t="s">
-[...6 lines deleted...]
-      <c r="I4" t="inlineStr" s="2">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6" t="inlineStr" s="2">
         <is>
           <t>Foster, J.T. (2005). Exotic bird invasion into forests of Hawaii: Demography, competition, and seed dispersal, PhD Thesis, University of Illinois at Urbana-Champaign 
 Available at: http://search.proquest.com/docview/305013531/</t>
         </is>
       </c>
     </row>
-    <row r="5">
-[...60 lines deleted...]
-    </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>The four exotic species in our analysis tend to differ in general foraging behavior and resource use, and are not obvious competitors, except perhaps for the two babblers that differ in finer details of resource use, the larger Melodious Laughing-thrush (55 g) feeding more on insects, the smaller Red-billed Leiothrix (22 g) more on fruit. Diet of Hawaiian birds in native forest: Red-billed Leiothrix: Athropods, Fleshy fruits.</t>
+        </is>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>24</v>
       </c>
-      <c r="D7" t="s">
-[...19 lines deleted...]
-        </is>
+      <c r="H7"/>
+      <c r="I7" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Exotic Red-billed Leiothrix Leiothrix lutea numbers have increased in southern, western and central part of Japan since the early 1980's. Unlike most naturalized birds, this species mainly breeds in natural deciduous forests. We researched the breeding bird density in a deciduous forest on Mt. Tsukuba (877 m), a major breeding area of leiothrix in central Japan, in 1994 and 1995. Leiothrix bred at very high density (350-400 pairs per 100 ha) and was the most dominant species in both years. In 1995, six complete nests were found in a 1 ha area. In spite of the high breeding density of leiothrix, native avifauna showed species diversity, total breeding density and total biomass, similar to other Japanese deciduous forests. Therefore, we suggest that leiothrix have invaded Mt. Tsukuba without severe competition with native bird species. </t>
+          <t>Bird censuses were carried out in four breeding seasons, 1992 – 1995, in a natural beech forest on Mt. Karimata, Kumamoto Prefecture, western Japan. The Red-billed Leiothrix Leiothrix lutea has invaded there a few years before. The density fluctuations of species possibly competing with the Redbilled Leiothrix were studied. A total of 33 bird species were recorded in four years of censuses (Table 1). The numbers of individuals per census were 48.0, 49.7, 44.0 and 47.3 in 1992, 1993, 1994 and 1995, respectively. Among them, the Red-billed Leiothrix was the most dominant, which occupied 21.0% in total of four years, followed by the Bush Warbler, 19.4%, the Coak Tit, 13.1%, and the Great Tit, 12.3%, respectively. Among understory users, the Japanese Robin Erithacus akahige occurred in very low frequency (Table 1). Thus, the three dominant species, the Bush Warbler, the Great Tit, the Coal Tit were assumed as the possible competitors of the Red-billed Leiothrix. The density of the Red-billed Leiothrix was stable in high level for four years (Fig. 2). On the other hand, the density of the Bush Warbler indicated a significant decreasing tendency (Fig. 2). The density of the Coal Tit was stable, and that of the Great Tit fluctuated (Fig. 2). The density decrease of the Bush Warbler might be due to the interspecific competition with the Red-billed Leiothrix or to indirect effects from predators. There was also another bush user, the Japanese Robin recorded on Mt. Karimata. The density fluctuation of the Great Tit might be affected by the Red-billed Leiothrix because of the partly overlap of their foraging niche, though the relationship between them could not be elucidated.</t>
         </is>
       </c>
       <c r="F8" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="I8" t="inlineStr">
         <is>
-          <t>Tojo, H., Nakamura, S. (2004). Breeding density of exotic Red-billed Leiothrix and native bird species on Mt. Tsukuba, central Japan. Ornithological Science, 3(1):23-32</t>
+          <t>Shigeho, S. (2006). Influence of the invasion of Leiothrix lutea on a native avifauna in a natural beech forest on Mt. Karimata, Kyushu, Bulletin of FFPRI, Vol.5, No.3 (No.400), 243- 247</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="C9" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>In deciduous broad-leaved forests in Japan, the Red-billed Leiothrix forages in the lower layer of the forest and nests in thickets of dwarf bamboo. Only one sympatric species, the Japanese Bush Warbler Cettia diphone, nests in the same habitat where competition between them is likely. We discuss the possible impact of the Red-billed Leiothrix on native species with reference to the utilisation of nesting habitat: in the Japanese Bush Warbler, only one nest was successful from 18 nests (5.3%) in 1997, and no nest was successful in both 1998 (from 33 nests) and 1999 (from 14 nests). Most failures after clutch initiation were due to total loss of clutches or broods, which suggests nest predation. We observed the Jay Garrulus glandarius and snakes (species unknown) predating nestlings. The locations of nests in the bamboo thicket differ between the Red-billed Leiothrix and Japanese Bush Warbler. Even in the case where nests of these species were close to each other, direct interaction suggesting interspecific territoriality was not observed. It is unlikely that competition for nest-sites occurs between these species. However, indirect interference competition is probable. When we searched for nests of the Red-billed Leiothrix, nests of the Japanese Bush Warbler were also found. A high density of nests may attract various kinds of predators into the breeding areas. In this study, the density of Red-billed Leiothrix nests, which was two to three times higher than that of Japanese Bush Warblers, may have caused an increase in the number of predators and predation on nests. The breeding success of Japanese Bush Warbler may be low due to indirect interference competition caused by the increase of Red-billed Leiothrix.</t>
+          <t>The PCR test revealed Plasmodium in bird samples from both the Pua Akala and Maulua tracts of Hakalau Forest National Wildlife Refuge on Hawaii and from Hanawi Natural Area reserve on Maui. Infected apananes were detected in all three sites, with highest prevalence at Hanawi (11,8%). Infected common amakihis were detected at Hakalau (2.6%) and Hanawi (1,9%). At Hanawi Plasmodium was also detected in the Maui honeycreeper (Palmeria dolei) (3,0%). The only introduced birds from any site that tested positive were red-billed leiothrix (14,3%) from Hanawi.</t>
         </is>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
-      <c r="G9" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G9" t="s">
+        <v>28</v>
       </c>
       <c r="H9" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>29</v>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>Feldmann, R.A., Freed, L.A. and Cann, R.L. (1995), A PCR test for avian malaria in Hawaiian birds. Molecular Ecology, 4: 663-674. https://doi.org/10.1111/j.1365-294X.1995.tb00267.x</t>
+        </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>We  conducted a  survey of  malarial prevalence in  birds  at  one  low-elevation site  in  urban  Honolulu over a three-year period. In  screening  311  birds  (15 taxa) with a  sensitive  and  accurate  DNA-based diagnostic,  we  discovered  that  the  average  prevalence of  avian  malaria was  about  10%,  but  that  significant differences in  prevalence existed  among species  at  this  site.  Not a  single  case of malarial infection was  detected  in  the  43  native  birds,  primarily O‘ahu ‘Amakihi (Heminathusjuvus), that  were  tested by  polymerase chain reaction (PCR). Percantage of infected Red-billed Leiothrix: 5,2%.</t>
+          <t>Exotic Red-billed Leiothrix Leiothrix lutea numbers have increased in southern, western and central part of Japan since the early 1980's. Unlike most naturalized birds, this species mainly breeds in natural deciduous forests. We researched the breeding bird density in a deciduous forest on Mt. Tsukuba (877 m), a major breeding area of leiothrix in central Japan, in 1994 and 1995. Leiothrix bred at very high density (350-400 pairs per 100 ha) and was the most dominant species in both years. In 1995, six complete nests were found in a 1 ha area. In spite of the high breeding density of leiothrix, native avifauna showed species diversity, total breeding density and total biomass, similar to other Japanese deciduous forests. Therefore, we suggest that leiothrix have invaded Mt. Tsukuba without severe competition with native bird species. </t>
         </is>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G10" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="H10"/>
+        <v>31</v>
+      </c>
+      <c r="H10" t="s">
+        <v>32</v>
+      </c>
       <c r="I10" t="inlineStr">
         <is>
-          <t>Shehata, C., Freed, L. &amp; Cann, R. L. (2001). Changes in native and introduced bird populations on O’ahu, infections diseases and species replacement. Studies in Avian Biology 22</t>
+          <t>Tojo, H., Nakamura, S. (2004). Breeding density of exotic Red-billed Leiothrix and native bird species on Mt. Tsukuba, central Japan. Ornithological Science, 3(1):23-32</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C11" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>The object of this study was to determine whether interspecific competition modified local geographic distribution, after taking into account the effect of habitat structure. The tendencies for 14 passerine birds to have positive or negative associations were examined, using 7861 sample points in seven native forests on the islands of Hawaii, Maui, and Kauai To evaluate the association between species and to account for the effect of individual species' habitat preferences, partial correlations were computed for each species-pair in a study area from the simple correlations between the species and 26 habitat variables plus two quadratic terms to represent nonlinearity. Native/exotic pairs had a significantly greater proportion of negative partial correlations (37%) than either native/native pairs (8%) or exotic/exotic pairs (0%). Analysis of interspecific association among Hawaiian forest birds shows fairly consistent trends across seven forested study areas. By partialing out the effect of habitat, the number of significant negative correlations between the 170 species-pairs (counting each forest occurrence as independent) is significantly reduced from 37 prehabitat to 10 posthabitat correlations (X2 = 20.8, P &lt; 10-5, df= 1)... If one did not account for habitat preferences, these correlations would be evidence for interspecific competition among pairs where dietary overlap is substantial, e.g., between the Melodious Laughing-thrush and the Red-billed Leiothrix. The Red-billed Leiothrix/Amakihi pair accounts for the remaining negative correlation. Here the results dramatically show virtually no competitive interaction among native or among exotic species; instead, there is a broad and diffuse ''front'' of competition occurring between the native and exotic avifaunas. The role of competition is further indicated by the greater proportion of negative posthabitat correlations among primary potential competitors than among secondary potential competitors. We would characterize the relationships between native and exotic species as a combination of direct and diffuse competition, affecting about one-half (47% in Table 12) of the primary potential competitors among native/exotic species in a forest. Although the negative correlations were for the most part small (average negative r =0.06), one species could eventually replace another as spatial displacement accumulated through time.</t>
+          <t>In deciduous broad-leaved forests in Japan, the Red-billed Leiothrix forages in the lower layer of the forest and nests in thickets of dwarf bamboo. Only one sympatric species, the Japanese Bush Warbler Cettia diphone, nests in the same habitat where competition between them is likely. We discuss the possible impact of the Red-billed Leiothrix on native species with reference to the utilisation of nesting habitat: in the Japanese Bush Warbler, only one nest was successful from 18 nests (5.3%) in 1997, and no nest was successful in both 1998 (from 33 nests) and 1999 (from 14 nests). Most failures after clutch initiation were due to total loss of clutches or broods, which suggests nest predation. We observed the Jay Garrulus glandarius and snakes (species unknown) predating nestlings. The locations of nests in the bamboo thicket differ between the Red-billed Leiothrix and Japanese Bush Warbler. Even in the case where nests of these species were close to each other, direct interaction suggesting interspecific territoriality was not observed. It is unlikely that competition for nest-sites occurs between these species. However, indirect interference competition is probable. When we searched for nests of the Red-billed Leiothrix, nests of the Japanese Bush Warbler were also found. A high density of nests may attract various kinds of predators into the breeding areas. In this study, the density of Red-billed Leiothrix nests, which was two to three times higher than that of Japanese Bush Warblers, may have caused an increase in the number of predators and predation on nests. The breeding success of Japanese Bush Warbler may be low due to indirect interference competition caused by the increase of Red-billed Leiothrix.</t>
         </is>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
-      <c r="G11" t="s">
-        <v>17</v>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>There is not enough evidence to be certain if the decline in reproductive success of the Japanese Bush-warbler is caused by the Red-billed Leiothrix through apparent competition.</t>
+        </is>
       </c>
       <c r="H11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I11" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="C12" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Bird censuses were carried out in four breeding seasons, 1992 – 1995, in a natural beech forest on Mt. Karimata, Kumamoto Prefecture, western Japan. The Red-billed Leiothrix Leiothrix lutea has invaded there a few years before. The density fluctuations of species possibly competing with the Redbilled Leiothrix were studied. A total of 33 bird species were recorded in four years of censuses (Table 1). The numbers of individuals per census were 48.0, 49.7, 44.0 and 47.3 in 1992, 1993, 1994 and 1995, respectively. Among them, the Red-billed Leiothrix was the most dominant, which occupied 21.0% in total of four years, followed by the Bush Warbler, 19.4%, the Coak Tit, 13.1%, and the Great Tit, 12.3%, respectively. Among understory users, the Japanese Robin Erithacus akahige occurred in very low frequency (Table 1). Thus, the three dominant species, the Bush Warbler, the Great Tit, the Coal Tit were assumed as the possible competitors of the Red-billed Leiothrix. The density of the Red-billed Leiothrix was stable in high level for four years (Fig. 2). On the other hand, the density of the Bush Warbler indicated a significant decreasing tendency (Fig. 2). The density of the Coal Tit was stable, and that of the Great Tit fluctuated (Fig. 2). The density decrease of the Bush Warbler might be due to the interspecific competition with the Red-billed Leiothrix or to indirect effects from predators. </t>
+          <t>We  conducted a  survey of  malarial prevalence in  birds  at  one  low-elevation site  in  urban  Honolulu over a three-year period. In  screening  311  birds  (15 taxa) with a  sensitive  and  accurate  DNA-based diagnostic,  we  discovered  that  the  average  prevalence of  avian  malaria was  about  10%,  but  that  significant differences in  prevalence existed  among species  at  this  site.  Not a  single  case of malarial infection was  detected  in  the  43  native  birds,  primarily O‘ahu ‘Amakihi (Heminathusjuvus), that  were  tested by  polymerase chain reaction (PCR). Percantage of infected Red-billed Leiothrix: 5,2%.</t>
         </is>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
-      <c r="G12" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G12" t="s">
+        <v>28</v>
+      </c>
+      <c r="H12"/>
       <c r="I12" t="inlineStr">
         <is>
-          <t>Shigeho, S. (2006). Influence of the invasion of Leiothrix lutea on a native avifauna in a natural beech forest on Mt. Karimata, Kyushu, Bulletin of FFPRI, Vol.5, No.3 (No.400), 243- 247</t>
+          <t>Shehata, C., Freed, L. &amp; Cann, R. L. (2001). Changes in native and introduced bird populations on O’ahu, infections diseases and species replacement. Studies in Avian Biology 22</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="C13" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>In Kyushu, southwestern Japan, the introduced population of the Red-billed Leiothrix Leiothrix lutea has increased rapidly and its range expanded considerably since early 1980s. In order to clarify the influences of Red-billed Leiothrix on native bird species, we examined the similarities and differences in foraging patterns among species occurring in a deciduous broadleaved forest on the Ebino Plateau, during the breeding seasons from 1997 to 2000. Leiothrix foraged in a lower vegetational layer with bamboo, intermediate in height between the foraging levels of the Japanese Bush Warbler Cettia diphone and various Parus species. Foraging height, extent of foraging on deciduous trees and foraging technique were major factors best distinguishing Leiothrix from native species. Segregation of foraging niche was distinct and no apparent niche shift, due to invasion of the new species, was detected. Aerial insects tended to be more abundant just above bamboo, mainly about one meter above the canopy, than above bare ground. Thus, jumping, a specific technique used by Leiothrix, is effective for capturing aerial in- sects or agile invertebrates resting on leaves and twigs. Aerial insects were found to be abundant in the foraging space preferred by Leiothrix. Gleaning and hanging, tech- niques mainly used by native species, are suitable for capturing prey of low mobility such as Lepidoptera larvae. Probably due to morphological constraints, Parus spp. and Japanese Bush Warblers seldom foraged by jumping, indicating that they exploit quite different food resources from those utilized by Leiothrix despite their foraging spaces overlapping to some extent. In the deciduous broadleaved forests of Kyushu, an avian guild of foraging aerial insects in intermediate and lower layers of the forests is poor. Such a community may be subject to the successful invasion of the Red-billed Leiothrix into native forests.</t>
-[...4 lines deleted...]
-      <c r="H13"/>
+          <t>The object of this study was to determine whether interspecific competition modified local geographic distribution, after taking into account the effect of habitat structure. The tendencies for 14 passerine birds to have positive or negative associations were examined, using 7861 sample points in seven native forests on the islands of Hawaii, Maui, and Kauai To evaluate the association between species and to account for the effect of individual species' habitat preferences, partial correlations were computed for each species-pair in a study area from the simple correlations between the species and 26 habitat variables plus two quadratic terms to represent nonlinearity. Native/exotic pairs had a significantly greater proportion of negative partial correlations (37%) than either native/native pairs (8%) or exotic/exotic pairs (0%). Analysis of interspecific association among Hawaiian forest birds shows fairly consistent trends across seven forested study areas. By partialing out the effect of habitat, the number of significant negative correlations between the 170 species-pairs (counting each forest occurrence as independent) is significantly reduced from 37 prehabitat to 10 posthabitat correlations (X2 = 20.8, P &lt; 10-5, df= 1)... If one did not account for habitat preferences, these correlations would be evidence for interspecific competition among pairs where dietary overlap is substantial, e.g., between the Melodious Laughing-thrush and the Red-billed Leiothrix. The Red-billed Leiothrix/Amakihi pair accounts for the remaining negative correlation. Here the results dramatically show virtually no competitive interaction among native or among exotic species; instead, there is a broad and diffuse ''front'' of competition occurring between the native and exotic avifaunas. The role of competition is further indicated by the greater proportion of negative posthabitat correlations among primary potential competitors than among secondary potential competitors. We would characterize the relationships between native and exotic species as a combination of direct and diffuse competition, affecting about one-half (47% in Table 12) of the primary potential competitors among native/exotic species in a forest. Although the negative correlations were for the most part small (average negative r =0.06), one species could eventually replace another as spatial displacement accumulated through time.</t>
+        </is>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
+        <v>35</v>
+      </c>
       <c r="I13" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
         <v>36</v>
       </c>
-      <c r="C14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>The Red-billed Leiothrix (Leiothrix lutea) is an invasive species which has recently been found to be locally abundant in eastern Liguria (Italy). The song production of this bird was recorded over the course of an entire year (2011) and evaluated using both aural information and applying innovative automatic processing metrics. Our findings revealed that the Red-billed Leiothrix has loud vocalizations that are heard for most of the year, including in July and August when other birds are silent. Its song production has been estimated to amount to 37% of the sounds uttered by the entire bird community. The next most vocal species are the European Robin (36%), the Common Blackbird (18%), the Subalpine Warbler (5%) and the Sardinian Warbler (1%). The Red-billed Leiothrix can be seen as a new acoustically dominant species and, consequently, a potential modifier of the soundscape patterns of the indigenous bird community. The modification of acoustic traits in the repertoire of both indigenous species and the Red-billed Leiothrix is to be expected according to a co-evolution hypothesis.</t>
-[...4 lines deleted...]
-      <c r="H14"/>
+          <t>Bird censuses were carried out in four breeding seasons, 1992 – 1995, in a natural beech forest on Mt. Karimata, Kumamoto Prefecture, western Japan. The Red-billed Leiothrix Leiothrix lutea has invaded there a few years before. The density fluctuations of species possibly competing with the Redbilled Leiothrix were studied. A total of 33 bird species were recorded in four years of censuses (Table 1). The numbers of individuals per census were 48.0, 49.7, 44.0 and 47.3 in 1992, 1993, 1994 and 1995, respectively. Among them, the Red-billed Leiothrix was the most dominant, which occupied 21.0% in total of four years, followed by the Bush Warbler, 19.4%, the Coak Tit, 13.1%, and the Great Tit, 12.3%, respectively. Among understory users, the Japanese Robin Erithacus akahige occurred in very low frequency (Table 1). Thus, the three dominant species, the Bush Warbler, the Great Tit, the Coal Tit were assumed as the possible competitors of the Red-billed Leiothrix. The density of the Red-billed Leiothrix was stable in high level for four years (Fig. 2). On the other hand, the density of the Bush Warbler indicated a significant decreasing tendency (Fig. 2). The density of the Coal Tit was stable, and that of the Great Tit fluctuated (Fig. 2). The density decrease of the Bush Warbler might be due to the interspecific competition with the Red-billed Leiothrix or to indirect effects from predators. </t>
+        </is>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of competition impacts. The decline can be related with other confounding factors (predation).</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>Cettia diphone, Chlorodrepanis virens, Parus major, Parus ater, Dendrocopos kizuki, Hypsipetes amaurotis, Urosphena squameiceps, Aegithalos caudatus, Parus varius, Zosterops japonicus, Paroreomyza montana, Palmeria dolei</t>
+        </is>
+      </c>
       <c r="I14" t="inlineStr">
         <is>
-          <t>Farina, A., Pieretti, N &amp; Morganti, N. (2013) Acoustic patterns of an invasive species: the Red-billed Leiothrix (Leiothrix lutea Scopoli 1786) in a Mediterranean shrubland, Bioacoustics, 22:3, 175-194, DOI: 10.1080/09524622.2012.761571</t>
+          <t>Shigeho, S. (2006). Influence of the invasion of Leiothrix lutea on a native avifauna in a natural beech forest on Mt. Karimata, Kyushu, Bulletin of FFPRI, Vol.5, No.3 (No.400), 243- 247</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>9</v>
       </c>
       <c r="B15" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C15" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Species varied considerably in their foraging techniques (Fig. 4c). The major technique used by each species was gleaning. Red-billed Leiothrix, however, often foraged by jumping on prey items. Hanging was used frequently by Long-tailed, Willow, Coal, and Varied tits. Willow Tits and Coal Tits often pecked at buds and flowers, and also picked prey items. Great Tits also caught aerial insects gathering around flowers before leafing out in spring, whereas Japanese Bush Warblers foraged exclusively by gleaning. From the results referred to above, it is clear that  the Red-billed Leiothrix mainly used the lower layer of the forest with dwarf bamboo in the understory and it foraged more frequently by jumping than any of the other species. Foraging by jumping may be an effective technique for catching aerial insects resting on leaves or twigs.</t>
-[...7 lines deleted...]
-      </c>
+          <t>In Kyushu, southwestern Japan, the introduced population of the Red-billed Leiothrix Leiothrix lutea has increased rapidly and its range expanded considerably since early 1980s. In order to clarify the influences of Red-billed Leiothrix on native bird species, we examined the similarities and differences in foraging patterns among species occurring in a deciduous broadleaved forest on the Ebino Plateau, during the breeding seasons from 1997 to 2000. Leiothrix foraged in a lower vegetational layer with bamboo, intermediate in height between the foraging levels of the Japanese Bush Warbler Cettia diphone and various Parus species. Foraging height, extent of foraging on deciduous trees and foraging technique were major factors best distinguishing Leiothrix from native species. Segregation of foraging niche was distinct and no apparent niche shift, due to invasion of the new species, was detected. Aerial insects tended to be more abundant just above bamboo, mainly about one meter above the canopy, than above bare ground. Thus, jumping, a specific technique used by Leiothrix, is effective for capturing aerial in- sects or agile invertebrates resting on leaves and twigs. Aerial insects were found to be abundant in the foraging space preferred by Leiothrix. Gleaning and hanging, tech- niques mainly used by native species, are suitable for capturing prey of low mobility such as Lepidoptera larvae. Probably due to morphological constraints, Parus spp. and Japanese Bush Warblers seldom foraged by jumping, indicating that they exploit quite different food resources from those utilized by Leiothrix despite their foraging spaces overlapping to some extent. In the deciduous broadleaved forests of Kyushu, an avian guild of foraging aerial insects in intermediate and lower layers of the forests is poor. Such a community may be subject to the successful invasion of the Red-billed Leiothrix into native forests.</t>
+        </is>
+      </c>
+      <c r="F15"/>
+      <c r="G15"/>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>9</v>
       </c>
       <c r="B16" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>I assessed the demography of an invasion, addressing habitat-specific differences in the survival and reproduction of three introduced bird species: the Red-billed Leiothrix ( Leiothrix lutea ), Japanese Bush-Warbler (Cettia diphone), and Japanese White-eye (Zosterops japonicus )... Introduced birds did have a strong and conspicuous impact on native and non-native plants. In an ecosystem where most native frugivores are extinct, introduced birds dispersed all common native plants in these forest sites but non-native plants were infrequently eaten and dispersed. Furthermore, introduced birds are effectively dispersing native seeds from native forest into adjacent sites currently dominated by non-native plants, allowing native forest to reestablish. These studies lay the foundation for understanding the full complexity and ramifications of the ecology of avian introductions.</t>
+          <t>The Red-billed Leiothrix (Leiothrix lutea) is an invasive species which has recently been found to be locally abundant in eastern Liguria (Italy). The song production of this bird was recorded over the course of an entire year (2011) and evaluated using both aural information and applying innovative automatic processing metrics. Our findings revealed that the Red-billed Leiothrix has loud vocalizations that are heard for most of the year, including in July and August when other birds are silent. Its song production has been estimated to amount to 37% of the sounds uttered by the entire bird community. The next most vocal species are the European Robin (36%), the Common Blackbird (18%), the Subalpine Warbler (5%) and the Sardinian Warbler (1%). The Red-billed Leiothrix can be seen as a new acoustically dominant species and, consequently, a potential modifier of the soundscape patterns of the indigenous bird community. The modification of acoustic traits in the repertoire of both indigenous species and the Red-billed Leiothrix is to be expected according to a co-evolution hypothesis.</t>
         </is>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
-      <c r="I16" t="inlineStr" s="2">
-[...2 lines deleted...]
-Available at: http://search.proquest.com/docview/305013531/</t>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>Farina, A., Pieretti, N &amp; Morganti, N. (2013) Acoustic patterns of an invasive species: the Red-billed Leiothrix (Leiothrix lutea Scopoli 1786) in a Mediterranean shrubland, Bioacoustics, 22:3, 175-194, DOI: 10.1080/09524622.2012.761571</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>9</v>
       </c>
       <c r="B17" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="D17" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>According to Lewin (1971) L. lutea is one of the alien species in the Hawaiian Islands implicated in the spread of the exotic Banana Poka Passiflora mollissima; it also causes some local damage to several soft fruit and vegetable crops.</t>
-[...3 lines deleted...]
-      <c r="G17"/>
+          <t>Species varied considerably in their foraging techniques (Fig. 4c). The major technique used by each species was gleaning. Red-billed Leiothrix, however, often foraged by jumping on prey items. Hanging was used frequently by Long-tailed, Willow, Coal, and Varied tits. Willow Tits and Coal Tits often pecked at buds and flowers, and also picked prey items. Great Tits also caught aerial insects gathering around flowers before leafing out in spring, whereas Japanese Bush Warblers foraged exclusively by gleaning. From the results referred to above, it is clear that  the Red-billed Leiothrix mainly used the lower layer of the forest with dwarf bamboo in the understory and it foraged more frequently by jumping than any of the other species. Foraging by jumping may be an effective technique for catching aerial insects resting on leaves or twigs.</t>
+        </is>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>24</v>
+      </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>