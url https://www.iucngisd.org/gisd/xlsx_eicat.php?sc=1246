--- v0 (2025-10-12)
+++ v1 (2025-12-29)
@@ -50,81 +50,81 @@
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Circus approximans</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
     <t>Predation</t>
   </si>
   <si>
     <t>DD</t>
   </si>
   <si>
+    <t>BirdLife International (2021) Species factshhet: Ducula aurorae. http://www.birdlife.org on 02/09/2021.</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>Pseudobulweria rostrata, Puffinus lherminieri</t>
+  </si>
+  <si>
+    <t>There is no empirical evidence and not enough information about the severity of the impact. The impacts have been scored as MN, but could be more severe.</t>
+  </si>
+  <si>
+    <t>Gygis alba, Ptilinopus purpuratus, Acrocephalus caffer</t>
+  </si>
+  <si>
+    <t>MV</t>
+  </si>
+  <si>
+    <t>Anecdotal and some uncertainty over impacts due to confounding factors (another invasive species - the black rat).</t>
+  </si>
+  <si>
+    <t>Polynesian imperial-pigeon (Ducula aurorae),  Blue lorikeet (Vini peruviana).</t>
+  </si>
+  <si>
     <t>MR</t>
   </si>
   <si>
-    <t>Low</t>
-[...1 lines deleted...]
-  <si>
     <t>Ducula aurorae, Vini peruviana</t>
-  </si>
-[...22 lines deleted...]
-    <t>Polynesian imperial-pigeon (Ducula aurorae),  Blue lorikeet (Vini peruviana).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -246,222 +246,222 @@
       <c r="E3" t="inlineStr">
         <is>
           <t>The range expansion of the Indian Mynah coincides with reduction of the Tahiti Swiftlet (Aerodramus leucopheus) population on Tahiti and Reed Warbler (Acrocephalus caffer mendanae) population at Hiva Oa (Thibault, 1988). Howerver, the Virginia Owl (Bubo vriginianus) and Swamp Harrier, two introduced bird predators, are also present at Hiva Oa and at Tahiti respectively and may also have contributed to these population declines.</t>
         </is>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="inlineStr">
         <is>
           <t>Blanvillain C. et al. (2003). Impact of introduced bird on the recovery of the Tahiti Flycatcher (Pomarea nigra), a critically endangered forest bird of Tahiti. Biological Conservation, 109(2), pp.197-205.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>On Moorea, Tahiti and other formerly inhabited islands, its (Polynesian Imperial Pigeon) extinction may have been the consequence of the spread through the Society Islands of the Swamp Harrier (Circus approximans).</t>
+        </is>
+      </c>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
+      <c r="I4" t="s">
         <v>13</v>
-      </c>
-[...19 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>On Moorea, Tahiti and other formerly inhabited islands, its (Polynesian Imperial Pigeon) extinction may have been the consequence of the spread through the Society Islands of the Swamp Harrier (Circus approximans).</t>
         </is>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>On Moorea, Tahiti and other formerly inhabited islands, its (Polynesian Imperial Pigeon) extinction may have been the consequence of the spread through the Society Islands of the Swamp Harrier (Circus approximans).</t>
-[...5 lines deleted...]
-      <c r="I6" t="s">
+          <t>The study examines one of the invasive predators on Mo'orea by observing Swamp Harrier (Circus approximans) habitat preference and behavior to determine if it has changed in comparison to its source population. A total of 20 kill sites and 45 animal waste samples were collected and analyzed. All samples contained nird remains. Seven samples were the remains of introduced Passeriformes, while 58 of the samples were the remains of native Procellaridae (Tahiti Petrel (Pseudobulweria rostrata) and Audobon's Shearwater (Puffinus lherminieri)). Of the animal waste samples 7 (16%) samples were Swamp Harrier pellets, while 38 (84%) were feral cats. The cat scat samples were much more prominent (84% of samples) than Swamp Harrier pellets (16%) and are therefore the major predator of seabirds on Mo'orea. This does not account for possible Swamp Harrier kills that are regurgutated at other locations, such as roosting sotes (Redpath et al. 2001), which could not be examined. Seabird populations in the presence of Swamp Harriers are known to be able to succeed (Powlesland et al. 2002), while some believe that seabird populations cannot succeed in the presence of feral cats (Bonnaud et al. 2007). Both introduced species have adapted some of their strategies in order to be successful on Mo'orea. The Swamp Harrier changed where they nest and are expanding their traditional hunting range to include the forest and cliff areas. The feral cats on the island have moved away from rural lands into higher elevations to capture seabirds. As a result it appears the native bird population are being adversely affected.</t>
+        </is>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>Whilst the evidence for impact is empirical, it is difficult to establish the extent and severity of predation impacts to populations of native seabird species on Mo'orea. Although the feral cat is the major predator of seabirds on Mo'orea, possible Swamp harrier kills are regurgutated at other locations, such as roosting sites could not be examined. The impacts have been scored as MN, but could be more severe.</t>
+        </is>
+      </c>
+      <c r="H6" t="s">
         <v>16</v>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Wilcox C. Tropical island invaders: Swamp Harrier (Circus approximans) behavior and seabird predation on Moorea, French Polynesia, PhD Thesis, University of California, Berkeley. (2009) Available from: https://escholarship.org/uc/item/1cc0f0mn. (Accessed 31st March 2020).</t>
+        </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>The Swamp Harrier is thought to have seriously affected netive birds, such as the White Tern (Gygis alba (Sternidae)), the endemic Gray-green Fruit Dove (Ptilinopus purpuratus (Columbidae)), the Tahiti Reed Warbler (Acrocephalus caffer (Muscicapidae)).</t>
+        </is>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
         <v>17</v>
-      </c>
-[...11 lines deleted...]
-        </is>
       </c>
       <c r="H7" t="s">
         <v>18</v>
       </c>
       <c r="I7" t="inlineStr">
         <is>
-          <t>Wilcox C. Tropical island invaders: Swamp Harrier (Circus approximans) behavior and seabird predation on Moorea, French Polynesia, PhD Thesis, University of California, Berkeley. (2009) Available from: https://escholarship.org/uc/item/1cc0f0mn. (Accessed 31st March 2020).</t>
+          <t>Shine C., Reaser, J.K., &amp; Guiterrez, A.T. (2003). Invasive Alien Species in the Austral-Pacific Region. National Reports &amp; Directory of Resources. Global Invasive Species Programme, Cape Town, South Africa. Available at: http://www.issg.org/pdf/publications/GISP/Resources/AP-1.pdf.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>The Swamp Harrier is thought to have seriously affected netive birds, such as the White Tern (Gygis alba (Sternidae)), the endemic Gray-green Fruit Dove (Ptilinopus purpuratus (Columbidae)), the Tahiti Reed Warbler (Acrocephalus caffer (Muscicapidae)).</t>
+          <t>The swamp harrier (Circus approximans (Accipitridae)) was purposely introduced and released on Tahiti by the German Consul for rat control. This predatory bird colonized all the Society Islands and is commonly found at high elevation (up to 1,500 m) on Tahiti. It is thought to have seriously affected native birds, such as the white tern (Gygis alba (Sternidae)), the endemic gray-green fruit dove (Ptilinopus purpuratus (Columbidae)), the Tahiti reed warbler (Acrocephalus caffer (Muscicapidae)). The swamp harrier is one of the main causes for the extinction of the Polynesian imperial pigeon (Ducula pacifica aurorae (Columbidae)) and the blue lorikeet (Vini peruviana (Psittacidae)) in Tahiti. Predation by the Swamp Harrier, introduced to Tahiti in 1885, was considered to be a possible cause of the extinction of the Polynesian Imperial-Pigeon of Tahiti (Ducula aurorae wilkesii) and the Blue Lorikeet (Vini peruviana) and to have seriously affected other native bird populations (Meyer 2003). However, Black Rats may have driven the endemic land birds to extinction, especially the lorikeets (Vini spp.), monarch flycatchers (Pomarea spp.) and the ground-doves (Gallicolumba spp.) (Meyer 2003).</t>
         </is>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I8" t="inlineStr">
         <is>
-          <t>Shine C., Reaser, J.K., &amp; Guiterrez, A.T. (2003). Invasive Alien Species in the Austral-Pacific Region. National Reports &amp; Directory of Resources. Global Invasive Species Programme, Cape Town, South Africa. Available at: http://www.issg.org/pdf/publications/GISP/Resources/AP-1.pdf.</t>
+          <t>Blanvillain, C. et al. (2003). Impact of introduced birds on the recovery of the Tahiti Flycatcher (Pomarea nigra), a critically endangered forest bird of Tahiti. Biological Conservation, 109(2), pp.197?205. Baker, J., Harvey, K.J. &amp; French, K., 2014. Threats from introduced birds to native birds. Emu, 114(1), pp.1?12. Shine, C., Reaser, J.K., &amp; Guiterrez, A.T., 2003. Invasive Alien Species in the Austral-Pacific Region. National Reports &amp; Directory of Resources. Global Invasive Species Programme, Cape Town, South Africa. Available at: http://www.issg.org/pdf/publications/GISP/Resources/AP-1.pdf. BirdLife International (2016) Species factsheet: Ducula aurorae. Downloaded from http://www.birdlife.org on 18/03/2016. Recommended citation for factsheets for more than one species: BirdLife International (2016) IUCN Red List for birds. Downloaded from http://www.birdlife.org on 18/03/2016. </t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>The swamp harrier (Circus approximans (Accipitridae)) was purposely introduced and released on Tahiti by the German Consul for rat control. This predatory bird colonized all the Society Islands and is commonly found at high elevation (up to 1,500 m) on Tahiti. It is thought to have seriously affected native birds, such as the white tern (Gygis alba (Sternidae)), the endemic gray-green fruit dove (Ptilinopus purpuratus (Columbidae)), the Tahiti reed warbler (Acrocephalus caffer (Muscicapidae)). The swamp harrier is one of the main causes for the extinction of the Polynesian imperial pigeon (Ducula pacifica aurorae (Columbidae)) and the blue lorikeet (Vini peruviana (Psittacidae)) in Tahiti. Predation by the Swamp Harrier, introduced to Tahiti in 1885, was considered to be a possible cause of the extinction of the Polynesian Imperial-Pigeon of Tahiti (Ducula aurorae wilkesii) and the Blue Lorikeet (Vini peruviana) and to have seriously affected other native bird populations (Meyer 2003). However, Black Rats may have driven the endemic land birds to extinction, especially the lorikeets (Vini spp.), monarch flycatchers (Pomarea spp.) and the ground-doves (Gallicolumba spp.) (Meyer 2003).</t>
+          <t>The Swamp Harrier is one of the main causes for the extinction of Polynesian Imperial-pigeon (Ducula pacifica aurorae (Columbidae)) and the Blue Lorikket (Vini peruviana (Psittacidae)) in Tahiti.</t>
         </is>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>15</v>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>The overview is based on various bibliographical sources (scientific papers and grey literature) and on personal communications or observations for species introductions that have taken place during the last decades. There is no direct empirical evidence of impact. It might also be possible that the extinction occurred due to rat predation or a combination of predation by rats and the Swamp Harrier.</t>
+        </is>
       </c>
       <c r="H9" t="s">
         <v>23</v>
       </c>
       <c r="I9" t="inlineStr">
         <is>
-          <t>Blanvillain, C. et al. (2003). Impact of introduced birds on the recovery of the Tahiti Flycatcher (Pomarea nigra), a critically endangered forest bird of Tahiti. Biological Conservation, 109(2), pp.197?205. Baker, J., Harvey, K.J. &amp; French, K., 2014. Threats from introduced birds to native birds. Emu, 114(1), pp.1?12. Shine, C., Reaser, J.K., &amp; Guiterrez, A.T., 2003. Invasive Alien Species in the Austral-Pacific Region. National Reports &amp; Directory of Resources. Global Invasive Species Programme, Cape Town, South Africa. Available at: http://www.issg.org/pdf/publications/GISP/Resources/AP-1.pdf. BirdLife International (2016) Species factsheet: Ducula aurorae. Downloaded from http://www.birdlife.org on 18/03/2016. Recommended citation for factsheets for more than one species: BirdLife International (2016) IUCN Red List for birds. Downloaded from http://www.birdlife.org on 18/03/2016. </t>
+          <t>Shine C., Reaser, J.K., &amp; Guiterrez, A.T. (2003). Invasive Alien Species in the Austral-Pacific Region. National Reports &amp; Directory of Resources. Global Invasive Species Programme, Cape Town, South Africa. Available at: http://www.issg.org/pdf/publications/GISP/Resources/AP-1.pdf.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>