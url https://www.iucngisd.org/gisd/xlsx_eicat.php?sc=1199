--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -86,96 +86,96 @@
   <si>
     <t>Predation</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of predation impacts in Tanzania.</t>
   </si>
   <si>
     <t>Ploceidae sp., Pycnonotus barbatus, Passer griseus</t>
   </si>
   <si>
     <t>Ryall, C. (1992). Predation and harassment of native bird species by the Indian House Crow (Corvus splendens) in Mombasa, Kenya. Scopus 16, 1-8.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>DD</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
+    <t>Whilst there is observational evidence, it is difficult to establish the extent and severity of predation impacts in Israel.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Zosterops mauritianus</t>
   </si>
   <si>
     <t>Whilst there is observational evidence, it is difficult to establish the extent and severity of predation impacts in Malaysia.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of predation impacts in Mombasa.</t>
   </si>
   <si>
     <t>Cypsiurus parvus, Cichladusa guttata, Dryoscopus cubla</t>
   </si>
   <si>
     <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of competition impacts in Mombasa.</t>
   </si>
   <si>
     <t>Corvus albus, Milvus migrans, Haliaetus vocifer, Hieraaetus wahlbergi, Ceryle rudis, Ichthyaetus hemprichii, Bubulcus ibis</t>
   </si>
   <si>
     <t>Islamic Republic of Iran</t>
   </si>
   <si>
     <t>Whilst there is some observational evidence, it is difficult to establish the extent and severity of predation impacts in Iran.</t>
   </si>
   <si>
     <t>Sterna bergii, Sterna bengalensis, Sterna repressa, Sterna anaethetus</t>
   </si>
   <si>
     <t>Behrouzi-Rad, B., 2010. Population Estimation and Breeding Biology of the House Crow (Corvus splendens) on Kharg Island, Persian Gulf. Podoces, 5(2), pp.87-94.</t>
   </si>
   <si>
     <t>Australia</t>
-  </si>
-[...1 lines deleted...]
-    <t>Whilst there is observational evidence, it is difficult to establish the extent and severity of predation impacts in Israel.</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
     <t>Whilst there is observational evidence, it is difficult to establish the extent and severity of predation impacts in Mombasa.</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Ryall, C., 2003. Notes on ecology and behaviour of House Crows at Hoek van Holland. Dutch Birding, 25, pp.167-171.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
@@ -366,505 +366,505 @@
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Densities of crows on Singapore Island are now sufficiently high for the House Crow to be considered a major urban pest. Suppressing the House Crow on Singapore Island will clearly help reduce competitive pressure on the native avifauna.</t>
         </is>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5" t="inlineStr">
         <is>
           <t>Brook, Barry, W.; Sodhi, Navjot, S.; Soh, Malcolm, C.K.; Lim, Haw Chan., (2003). Abundance and projected control of invasive House Crows in Singapore. The Journal of Wildlife Management 2003 vol:67 iss:4 pg:808-817.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E6" t="s">
+        <v>13</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
-      <c r="G6" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="G6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H6"/>
       <c r="I6" t="inlineStr">
         <is>
-          <t>Puttoo M, Archer T (2004). Control and/or eradication of Indian House Crows (Corvus splendens) in Mauritius. Food and Agricultural Research Council, Mauritius 83: 299-309.</t>
+          <t>Roll, U., Dayan, T. and Simberloff, D. (2007). Non-indigenous terrestrial vertebrates in Israel and adjacent areas, Biol Invasions (DOI 10.1007/s10530-007-9160-7).</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>In Malaysia the first introduction of the House Crow is considered to have come via ships from Indonesia in the 1800's (Ryall 2002; Wells 2007). This may not have been successful as an assisted introduction was conducted in Port Klang and Pulau Pinang (Penang) at the beginning of the 20th century to eradicate caterpillars on agricultural crops Dietary analysis was carried out to obtain further insight into factors controlling crow abundance. Plant material was found more frequently than other food items in both Ampang and Klang (frequency 106 (88%) and 67 (56%) birds respectively) followed by insects (Ampang 78 (63%) and Klang 46 (38%). C. splendens from Klang had a more diverse range of items in their gut than those in Ampang. This was attributed to one to three occurrences of items such as maggots, feathers, rice, peanuts, fish scales, fish bones, al-foil, hair and shellfish.</t>
+          <t>This introduced avian species has no natural predators in Mauritius and this factor coupled with favourable environmental conditions has contributed to its successful colonization. Surveys carried out in the field in selected areas showed complete absence of the Mauritian Grey White-eye (Zosterops mauritianus), where Indian House Crow existed in high densities, which confirmed possible predation of eggs and fledglings in their nests. This was also confirmed by officer in charge at Belle Vue Agricultural station, where crows were reported to attack the young of birds from their nest (Ramdin, pers. comm.).</t>
         </is>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
-      <c r="G7" t="s">
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>Whilst there is observational evidence, it is difficult to establish the extent and severity of predation impacts in Mauritius. The severity of the impact could be higher.</t>
+        </is>
+      </c>
+      <c r="H7" t="s">
         <v>27</v>
       </c>
-      <c r="H7"/>
       <c r="I7" t="inlineStr">
         <is>
-          <t>Wilson, R. F., Sarim, D., and Rahman, S. (2015). Factors influencing the distribution of the invasive House Crow (Corvus splendens) in rural and urban landscapes. Urban Ecosystems 18, 1389-1400. doi:10.1007/s11252-015-0448-6</t>
+          <t>Puttoo M, Archer T (2004). Control and/or eradication of Indian House Crows (Corvus splendens) in Mauritius. Food and Agricultural Research Council, Mauritius 83: 299-309.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>In Malaysia the first introduction of the House Crow is considered to have come via ships from Indonesia in the 1800's (Ryall 2002; Wells 2007). This may not have been successful as an assisted introduction was conducted in Port Klang and Pulau Pinang (Penang) at the beginning of the 20th century to eradicate caterpillars on agricultural crops Dietary analysis was carried out to obtain further insight into factors controlling crow abundance. Plant material was found more frequently than other food items in both Ampang and Klang (frequency 106 (88%) and 67 (56%) birds respectively) followed by insects (Ampang 78 (63%) and Klang 46 (38%). C. splendens from Klang had a more diverse range of items in their gut than those in Ampang. This was attributed to one to three occurrences of items such as maggots, feathers, rice, peanuts, fish scales, fish bones, al-foil, hair and shellfish.</t>
+        </is>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" t="s">
         <v>28</v>
       </c>
-      <c r="C8" t="s">
-[...11 lines deleted...]
-      <c r="G8"/>
       <c r="H8"/>
       <c r="I8" t="inlineStr">
         <is>
-          <t>Nxele BJ, Shivambu CT (2018) House Crow (Corvus splendens) Eradication Measures from eThekwini Municipality, KwaZulu-Natal, South Africa. J Biodivers Manage Forestry 7: 2-4</t>
+          <t>Wilson, R. F., Sarim, D., and Rahman, S. (2015). Factors influencing the distribution of the invasive House Crow (Corvus splendens) in rural and urban landscapes. Urban Ecosystems 18, 1389-1400. doi:10.1007/s11252-015-0448-6</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>This paper contains results of a 13 month study on nest-raiding by House Crows of colonies of ploceid weavers near Mombasa and describes their adverse effects on other species in Mombasa. Several mixed colonies of Golden Palm Weavers, Grosbeak Weavers, Zanzibar Red Bishops, with small numbers of Masked Weavers and Golden Weavers, in the study area were sujected to nest-raiding by small parties of five to ten House Crows. The Spotted Morning Thrush and the Black-backed Puffback were once frequent in the gardens on Mombasa Island, but declined drastically as the population of House Crows increased. The Spotted Morning Thrush and Black-backed Puffback have declined, although no specific instances of predation have been reported and the decline of the African Palm-swift (Cypsiurus parvus) from an area south of Mombasa has been attributed to this cause.   The Indian House Crow has caused declines in populations of many indigenous bird species in the Mombasa area, causes considerable economic damage to crops, poultry and fish farms.</t>
-[...10 lines deleted...]
-      </c>
+          <t>In South Africa birds such as Pied Crows (Corvus albus) and Cape Crows (C. capensis), Kites (family Accipitridae), Kestrels (family Falconidae), raptors, chickens and many other small indigenous birds like doves, finches, etc. are all threatened by House Crows. Furthemore, since House Crows also feed on chicks, eggs, insects, fish, frogs, lizards, rodents and other small mammals, their population is most likely to have negative effects on nocturnal birds, like owls that feed on some of the same prey predated by House Crows.</t>
+        </is>
+      </c>
+      <c r="F9"/>
+      <c r="G9"/>
+      <c r="H9"/>
       <c r="I9" t="inlineStr">
         <is>
-          <t>Ryall, C. (1992). Predation and harassment of native bird species by the Indian House Crow (Corvus splendens) in Mombasa, Kenya. Scopus 16, 1-8.   Erftemeijer, P.L.A. &amp; Seys, J., 1995. Census of roosting Indian House Crows (Corvus splendens) on mombasa Island.</t>
+          <t>Nxele BJ, Shivambu CT (2018) House Crow (Corvus splendens) Eradication Measures from eThekwini Municipality, KwaZulu-Natal, South Africa. J Biodivers Manage Forestry 7: 2-4</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>The following bird species have been observed being harassed by C. splendens in the Mombasa area: Cattle Egret (Bubulcus ibis), Woodly-necked Stork (Ciconia episcopus), Hadada (Bostrychia hagedash), Eurasian Marsh Harrier (Circus aeruginosus), Black-breasted Snake Eagle (Circaetus pectoralis), Little Sparrowhawk (Accipiter minullus), Wahlberg's Eagle (Aquila wahlbergi), Lizard Buzzard (Kaupifalco monogrammicus), Pale Chanting Goshawk (Melierax canorus), African Fish Eagle (Haliaetus vocifer), Black Kite (Milvus migrans), Black-shouldered Kite (Elanus caeruleus), Curlew Sandpiper (Calidris ferruginea), Little Stint (Calidris minuta), Sooty Gull (Larus hemprichii), Black and White Cockoo (Clamator jacobinus), Pied Kingfisher (Ceryle rudis), Mangrove Kingfisher (Halcyon senegaloides), Eurasian bee-eater (Merops apiaster), Lilac-breasted Roller (Coracias caudate), Golden Oriole (Oriolus oriolus) and the Pied Crow (Corvus albus).</t>
-[...6 lines deleted...]
-        <v>21</v>
+          <t>This paper contains results of a 13 month study on nest-raiding by House Crows of colonies of ploceid weavers near Mombasa and describes their adverse effects on other species in Mombasa. Several mixed colonies of Golden Palm Weavers, Grosbeak Weavers, Zanzibar Red Bishops, with small numbers of Masked Weavers and Golden Weavers, in the study area were sujected to nest-raiding by small parties of five to ten House Crows. The Spotted Morning Thrush and the Black-backed Puffback were once frequent in the gardens on Mombasa Island, but declined drastically as the population of House Crows increased. The Spotted Morning Thrush and Black-backed Puffback have declined, although no specific instances of predation have been reported and the decline of the African Palm-swift (Cypsiurus parvus) from an area south of Mombasa has been attributed to this cause.   The Indian House Crow has caused declines in populations of many indigenous bird species in the Mombasa area, causes considerable economic damage to crops, poultry and fish farms.</t>
+        </is>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10" t="s">
+        <v>33</v>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>Ryall, C. (1992). Predation and harassment of native bird species by the Indian House Crow (Corvus splendens) in Mombasa, Kenya. Scopus 16, 1-8.   Erftemeijer, P.L.A. &amp; Seys, J., 1995. Census of roosting Indian House Crows (Corvus splendens) on mombasa Island.</t>
+        </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Pied Crows (Corvus albus) once roosted in large trees at Mombasa station, but were progressively displaced by the more agressive House Crow and have been absent since the mid 1960s (R. McVicker, pers. comm.). Prior to the proliferation of the House Crow, Pied Crows and the Black Kites were common scavengers throughout Mombasa Island, as they are still in Nairobi and all other towns in the region, but are now few and even those that still occurr are invariably mobbed. African Fish Eagles and Wahlberg's Eagle formerly bred in the area, but are now chased away whenever they appear. P.B. Tayler (pers. comm.) witnessed mobbing of a single Black and White Cuckoo by eight House Crows flying about 100 m offshore, at Malindi in 1984. Pied Kingfishers carrying fish, Sooty Gulls carrying food scraps and Cattle Egrets with grasshoppers or frogs are frequently attacked by House Crows and the morsel snatched.</t>
-[...10 lines deleted...]
-      </c>
+          <t>The following bird species have been observed being harassed by C. splendens in the Mombasa area: Cattle Egret (Bubulcus ibis), Woodly-necked Stork (Ciconia episcopus), Hadada (Bostrychia hagedash), Eurasian Marsh Harrier (Circus aeruginosus), Black-breasted Snake Eagle (Circaetus pectoralis), Little Sparrowhawk (Accipiter minullus), Wahlberg's Eagle (Aquila wahlbergi), Lizard Buzzard (Kaupifalco monogrammicus), Pale Chanting Goshawk (Melierax canorus), African Fish Eagle (Haliaetus vocifer), Black Kite (Milvus migrans), Black-shouldered Kite (Elanus caeruleus), Curlew Sandpiper (Calidris ferruginea), Little Stint (Calidris minuta), Sooty Gull (Larus hemprichii), Black and White Cockoo (Clamator jacobinus), Pied Kingfisher (Ceryle rudis), Mangrove Kingfisher (Halcyon senegaloides), Eurasian bee-eater (Merops apiaster), Lilac-breasted Roller (Coracias caudate), Golden Oriole (Oriolus oriolus) and the Pied Crow (Corvus albus).</t>
+        </is>
+      </c>
+      <c r="F11"/>
+      <c r="G11"/>
+      <c r="H11"/>
       <c r="I11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>House Crows were observed eating the eggs of terns on Kharku Island in the 1980s (B. Begrouzi-Rad, pers. obs.). Kharku Island was an important breeding site for terns. Surveys in 1974 and 1977 indicated that c. 5 pairs of Swift Tern (Sterna bergii), 600 pairs of Lesser Crested Tern (Sterna bengalensis), 2,500 pairs of White-cheeked Tern (Sterna repressa) and 250-300 pairs of Bridled Tern (Sterna anaethetus) were frequenting the island (Argyle, 1977), but these species have not bred during the past five years (2006-2010).</t>
+          <t>Pied Crows (Corvus albus) once roosted in large trees at Mombasa station, but were progressively displaced by the more agressive House Crow and have been absent since the mid 1960s (R. McVicker, pers. comm.). Prior to the proliferation of the House Crow, Pied Crows and the Black Kites were common scavengers throughout Mombasa Island, as they are still in Nairobi and all other towns in the region, but are now few and even those that still occurr are invariably mobbed. African Fish Eagles and Wahlberg's Eagle formerly bred in the area, but are now chased away whenever they appear. P.B. Tayler (pers. comm.) witnessed mobbing of a single Black and White Cuckoo by eight House Crows flying about 100 m offshore, at Malindi in 1984. Pied Kingfishers carrying fish, Sooty Gulls carrying food scraps and Cattle Egrets with grasshoppers or frogs are frequently attacked by House Crows and the morsel snatched.</t>
         </is>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="H12" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="I12" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>House Crows were observed eating the eggs of terns on Kharku Island in the 1980s (B. Begrouzi-Rad, pers. obs.). Kharku Island was an important breeding site for terns. Surveys in 1974 and 1977 indicated that c. 5 pairs of Swift Tern (Sterna bergii), 600 pairs of Lesser Crested Tern (Sterna bengalensis), 2,500 pairs of White-cheeked Tern (Sterna repressa) and 250-300 pairs of Bridled Tern (Sterna anaethetus) were frequenting the island (Argyle, 1977), but these species have not bred during the past five years (2006-2010).</t>
+        </is>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" t="s">
+        <v>37</v>
+      </c>
+      <c r="H13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I13" t="s">
         <v>39</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>18</v>
-[...9 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>Indian House Crow (Corvus splendens) current distribution and impact in Australia: small numbers of Indian House Crows have been seen on numerous occasions close to international shipping ports in Australia (mainly in Western Australia, which is closest to ports in southern Asia, where the crows are common). In 1942, six Indian House Crows lived on board a ship travelling from India to Fremantle (Western Australia) and one pair built a nest from rope scraps and cotton waste near the ship's engine (Lever, 1987). However, a naturalised population has so far failed to establish anywhere in Australia (Department of Agriculture and Food, 2008). The most recent sighting was of a single crow on 11 October 2010. It was observed at Flying Fish Point, which is about 30 km north of international shipping docks at Mourilyan Harbour, Queensland (Birding-Aus, 2010). Subsequent searching failed to detect the bird. This was the first detection of Indian House Crows in Queensland. There is likely to be reduced abundance of certain bird species, especially urban species, because of predation of eggs and chicks and competition for food. Native crows are likely to face strong competition. Small reptiles, amphibians, mammals and insects could also suffer increased predation rates.</t>
+        </is>
+      </c>
+      <c r="F14"/>
+      <c r="G14"/>
       <c r="H14"/>
       <c r="I14" t="inlineStr">
         <is>
-          <t>Roll, U., Dayan, T. and Simberloff, D. (2007). Non-indigenous terrestrial vertebrates in Israel and adjacent areas, Biol Invasions (DOI 10.1007/s10530-007-9160-7).</t>
+          <t>Department of Agriculture and Fisheries, Biosecurity Queensland (2016). Invasive alien risk assessment: Indian House Crow (Corvus splendens). State of Quuensland.</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>9</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Indian House Crow (Corvus splendens) current distribution and impact in Australia: small numbers of Indian House Crows have been seen on numerous occasions close to international shipping ports in Australia (mainly in Western Australia, which is closest to ports in southern Asia, where the crows are common). In 1942, six Indian House Crows lived on board a ship travelling from India to Fremantle (Western Australia) and one pair built a nest from rope scraps and cotton waste near the ship's engine (Lever, 1987). However, a naturalised population has so far failed to establish anywhere in Australia (Department of Agriculture and Food, 2008). The most recent sighting was of a single crow on 11 October 2010. It was observed at Flying Fish Point, which is about 30 km north of international shipping docks at Mourilyan Harbour, Queensland (Birding-Aus, 2010). Subsequent searching failed to detect the bird. This was the first detection of Indian House Crows in Queensland. There is likely to be reduced abundance of certain bird species, especially urban species, because of predation of eggs and chicks and competition for food. Native crows are likely to face strong competition. Small reptiles, amphibians, mammals and insects could also suffer increased predation rates.</t>
         </is>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15" t="inlineStr">
         <is>
           <t>Department of Agriculture and Fisheries, Biosecurity Queensland (2016). Invasive alien risk assessment: Indian House Crow (Corvus splendens). State of Quuensland.</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>9</v>
       </c>
       <c r="B16" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Released as biological controller of pests. Relationship with humans or other species of birds: potential crop pest; attacks small birds and eats their eggs; competes with native species and destroys their nests and eggs; communal roosts annoy residents.</t>
+          <t>In South Africa birds such as Pied Crows (Corvus albus) and Cape Crows (C. capensis), Kites (family Accipitridae), Kestrels (family Falconidae), raptors, chickens and many other small indigenous birds like doves, finches, etc. are all threatened by House Crows. Furthemore, since House Crows also feed on chicks, eggs, insects, fish, frogs, lizards, rodents and other small mammals, their population is most likely to have negative effects on nocturnal birds, like owls that feed on some of the same prey predated by House Crows.</t>
         </is>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16" t="inlineStr">
         <is>
-          <t>Yap, C.A.M. and Sodhi, N.S. (2004). Southeast Asian invasive birds: ecology, impact and management, Ornithol. Sci. 3: 57-67. Summary: records of the potential and actual impacts of the House Crow in South East Asia.</t>
+          <t>Nxele BJ, Shivambu CT (2018) House Crow (Corvus splendens) Eradication Measures from eThekwini Municipality, KwaZulu-Natal, South Africa. J Biodivers Manage Forestry 7: 2-4</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>9</v>
       </c>
       <c r="B17" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>In South Africa birds such as Pied Crows (Corvus albus) and Cape Crows (C. capensis), Kites (family Accipitridae), Kestrels (family Falconidae), raptors, chickens and many other small indigenous birds like doves, finches, etc. are all threatened by House Crows. Furthemore, since House Crows also feed on chicks, eggs, insects, fish, frogs, lizards, rodents and other small mammals, their population is most likely to have negative effects on nocturnal birds, like owls that feed on some of the same prey predated by House Crows.</t>
+          <t>Reintroduced to Mahé probably accidentally in 1998, presumably only one bird that was shot, but there have been sightings post-2000, possibly new introductions or natural arrivals. These have either been shot or have dispersed. The most recent new sighting was late July 2009 (R. Fanchette, pers. comm.). A threat to native birds as it may take eggs and young and also to other native organisms, as it eats insects, lizards, plant buds, fruits and seeds, etc. (can also be a pest to farmers by eating fruits, possibly chicks, etc. and a health risk due to its feeding habits in rubbish dumps).</t>
         </is>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17" t="inlineStr">
         <is>
-          <t>Nxele BJ, Shivambu CT (2018) House Crow (Corvus splendens) Eradication Measures from eThekwini Municipality, KwaZulu-Natal, South Africa. J Biodivers Manage Forestry 7: 2-4</t>
+          <t>Beaver, K. and Mougal, J. (2009). Review and evaluation of invasive alien species (IAS) control and eradication activities in Seychelles and development of a field guide on IAS management. Plant Conservation Action group.</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>Reintroduced to Mahé probably accidentally in 1998, presumably only one bird that was shot, but there have been sightings post-2000, possibly new introductions or natural arrivals. These have either been shot or have dispersed. The most recent new sighting was late July 2009 (R. Fanchette, pers. comm.). A threat to native birds as it may take eggs and young and also to other native organisms, as it eats insects, lizards, plant buds, fruits and seeds, etc. (can also be a pest to farmers by eating fruits, possibly chicks, etc. and a health risk due to its feeding habits in rubbish dumps).</t>
+          <t>The house Crow arrived on Socotra Island in 1995 or 1996, when one pair was thought to have been transported by ship and then establish themeselves in the north of the island. Furtehrmore the species is responsible for the reduction or severe depletion of native species, including small reptiles and amphibians, birds and mammals, but also insects, fish and domestic animals (GISD 2007). While lack of data permits no quantification of such losses and disturbances, in the areas that are newly colonized by this bird species the impact is believed to be high.</t>
         </is>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18" t="inlineStr">
         <is>
-          <t>Beaver, K. and Mougal, J. (2009). Review and evaluation of invasive alien species (IAS) control and eradication activities in Seychelles and development of a field guide on IAS management. Plant Conservation Action group.</t>
+          <t>Suliman, A. S., Meier, G. G., &amp; Haverson, P. J. (2010). Eradication of Invasive House Crow (Corvus splendens) from Socotra Island, Republic of Yemen - Lessons Learned from 15 Years of Facing a Bird Invasion. Proceedings of the Vertebrate Pest Conference, 24. http://dx.doi.org/10.5070/V424110552 Retrieved from https://escholarship.org/uc/item/42g96569</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>9</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>The house Crow arrived on Socotra Island in 1995 or 1996, when one pair was thought to have been transported by ship and then establish themeselves in the north of the island. Furtehrmore the species is responsible for the reduction or severe depletion of native species, including small reptiles and amphibians, birds and mammals, but also insects, fish and domestic animals (GISD 2007). While lack of data permits no quantification of such losses and disturbances, in the areas that are newly colonized by this bird species the impact is believed to be high.</t>
-[...8 lines deleted...]
-        </is>
+          <t>This paper contains results of a 13 month study on nest-raiding by House Crows of colonies of ploceid weavers near Mombasa and describes their adverse effects on other species in Mombasa. Several mixed colonies of Golden Palm Weavers, Grosbeak Weavers, Zanzibar Red Bishops, with small numbers of Masked Weavers and Golden Weavers, in the study area were sujected to nest-raiding by small parties of five to ten House Crows. Usually, a crow alighted on a nest or adjacent clumps of reeds and, whilst fluttering and hovering, tore a hole and extracted the chicks which were swallowed whole. House Crows also attacked the colonies of Black-headed Weavers in water-side Acacias and doum palms. Typically, a crow would perch above the hanging nest and pulling it up using feet and bill, devour the contents. Some followed grazin sheeps, where they captured frogs and grasshoppers. List of native birds which have been observed to be preyed on by Corvus splendens in the Mombasa area: Grey Heron, Black-headed Heron, Speckled Mousebird, Scarlet-chested Sunbird, Grosbeak Weaver, Zanzibar Red Bishop, Golden Palm Weaver, Balck-headed Weaver, Red-cheeked Cordonbleu, Bronze Mannikin. The Spotted Morning Thrush and the Black-backed Puffback were once frequent in the gardens on Mombasa Island, but declined drastically as the population of House Crows increased. The Spotted Morning Thrush and Black-backed Puffback have declined, although no specific instances of predation have been reported and the decline of the African Palm-swift (Cypsiurus parvus) from an area south of Mombasa has been attributed to this cause.</t>
+        </is>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Ardea cinerea, Ardea melanocephala, Colus striatus, Chalcomita senegalensis, Amblyospiza albifrons, Euplectes nigroventris, Ploceus bojeri, Ploceus melanocephalus, Uraeginthus bengalus, Spermestes cucullata, Ploceus intermedius, Ploceus cubaureus, Cypsiurus parvus</t>
+        </is>
+      </c>
+      <c r="I19" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>9</v>
       </c>
       <c r="B20" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>This paper contains results of a 13 month study on nest-raiding by House Crows of colonies of ploceid weavers near Mombasa and describes their adverse effects on other species in Mombasa. Several mixed colonies of Golden Palm Weavers, Grosbeak Weavers, Zanzibar Red Bishops, with small numbers of Masked Weavers and Golden Weavers, in the study area were sujected to nest-raiding by small parties of five to ten House Crows. Usually, a crow alighted on a nest or adjacent clumps of reeds and, whilst fluttering and hovering, tore a hole and extracted the chicks which were swallowed whole. House Crows also attacked the colonies of Black-headed Weavers in water-side Acacias and doum palms. Typically, a crow would perch above the hanging nest and pulling it up using feet and bill, devour the contents. Some followed grazin sheeps, where they captured frogs and grasshoppers. List of native birds which have been observed to be preyed on by Corvus splendens in the Mombasa area: Grey Heron, Black-headed Heron, Speckled Mousebird, Scarlet-chested Sunbird, Grosbeak Weaver, Zanzibar Red Bishop, Golden Palm Weaver, Balck-headed Weaver, Red-cheeked Cordonbleu, Bronze Mannikin. The Spotted Morning Thrush and the Black-backed Puffback were once frequent in the gardens on Mombasa Island, but declined drastically as the population of House Crows increased. The Spotted Morning Thrush and Black-backed Puffback have declined, although no specific instances of predation have been reported and the decline of the African Palm-swift (Cypsiurus parvus) from an area south of Mombasa has been attributed to this cause.</t>
-[...12 lines deleted...]
-      </c>
+          <t>Although they differ little in habit from other crow species, their adeverse impacts on native birds, for example, probably lie in their gregarious behaviour with large numbers of crows nest-raiding intensively in a small area. Ryall (1992) reviewed examples of this effect, which particularly affects garden songbirds and colonial nesters, such as Sterna terns. Important colonies of Common Tern (S. hirundo) and Pied Avocet (Recurvirostra avosetta) are present at the Maasvlakte, Zuid-Holland, within 8 km of Hoek van Holland. However, up to now, no House Crows have ever been observed in or near these colonies (Peter Meininger in litt.).</t>
+        </is>
+      </c>
+      <c r="F20"/>
+      <c r="G20"/>
+      <c r="H20"/>
       <c r="I20" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>9</v>
       </c>
       <c r="B21" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>Although they differ little in habit from other crow species, their adeverse impacts on native birds, for example, probably lie in their gregarious behaviour with large numbers of crows nest-raiding intensively in a small area. Ryall (1992) reviewed examples of this effect, which particularly affects garden songbirds and colonial nesters, such as Sterna terns. Important colonies of Common Tern (S. hirundo) and Pied Avocet (Recurvirostra avosetta) are present at the Maasvlakte, Zuid-Holland, within 8 km of Hoek van Holland. However, up to now, no House Crows have ever been observed in or near these colonies (Peter Meininger in litt.).</t>
+          <t>Released as biological controller of pests. Relationship with humans or other species of birds: potential crop pest; attacks small birds and eats their eggs; competes with native species and destroys their nests and eggs; communal roosts annoy residents.</t>
         </is>
       </c>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
-      <c r="I21" t="s">
-        <v>45</v>
+      <c r="I21" t="inlineStr">
+        <is>
+          <t>Yap, C.A.M. and Sodhi, N.S. (2004). Southeast Asian invasive birds: ecology, impact and management, Ornithol. Sci. 3: 57-67. Summary: records of the potential and actual impacts of the House Crow in South East Asia.</t>
+        </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>