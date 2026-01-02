--- v0 (2025-10-28)
+++ v1 (2026-01-02)
@@ -47,127 +47,127 @@
   <si>
     <t>Evidence for EICAT category</t>
   </si>
   <si>
     <t>Confidence rating</t>
   </si>
   <si>
     <t>Justification for confidence rating</t>
   </si>
   <si>
     <t>Impacted native species</t>
   </si>
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Eleutherodactylus coqui</t>
   </si>
   <si>
     <t>U.S.A.</t>
   </si>
   <si>
     <t>Predation</t>
   </si>
   <si>
-    <t>MN</t>
-[...36 lines deleted...]
-  <si>
     <t>MO</t>
   </si>
   <si>
     <t>High</t>
-  </si>
-[...22 lines deleted...]
-    <t>Direct evidence supports this conclusion</t>
   </si>
   <si>
     <t>There is direct evidence to support the assessment.</t>
   </si>
   <si>
     <t>Chlorodrepanis virens
 Zosterops japonicus
 Leiothrix lutea
 Teleogryllus oceanicus
 Lasiurus cinereus semotu
 Metrosideros polymorpha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chemical Impact on ecosystem </t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>Metrosideros polymorpha</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>The author expresses uncertainty about the origin of the invertebrate taxa (i.e. endemic or introduced).</t>
+  </si>
+  <si>
+    <t>Not specified</t>
+  </si>
+  <si>
+    <t>Beard KH (2007) Diet of the invasive frog, Eleutherodactylus coqui, in Hawaii. Copeia 2: 281–291.</t>
+  </si>
+  <si>
+    <t>Competition</t>
+  </si>
+  <si>
+    <t>The competitive relationship, if it exists, is a weak one, indicating imperfect confidence in the impact rating.</t>
+  </si>
+  <si>
+    <t>Chlorodrepanis virens
+Zosterops japonicus
+Leiothrix lutea</t>
+  </si>
+  <si>
+    <t>There is experimental evidence that common coquis reduce Acari populations</t>
+  </si>
+  <si>
+    <t>Choi RT, Beard KH (2012) Coqui frog invasions change invertebrate communities in Hawaii. Biological Invasions 14(5): 939-948.</t>
+  </si>
+  <si>
+    <t>While the majority of their diet is nonnative species, there are categories of invertebrates that contain native species at invaded sites</t>
+  </si>
+  <si>
+    <t>Observational data of stomach contents across multiple invaded sites showed composition of  diets for different sites.</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Indirect impacts through interactions with other species</t>
+  </si>
+  <si>
+    <t>Number of new leaves for P. cattleianum increased with E. coqui presence, consistent with evidence for elevated nutrient (N) levels in soil.</t>
+  </si>
+  <si>
+    <t>Direct evidence supports this conclusion</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -242,286 +242,286 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="inlineStr" s="2">
         <is>
+          <t>More specifically, we found that E. coqui reduced aerial, herbivorous, and leaf litter invertebrates at NFR and not at BRY.
+Because E. coqui reduced invertebrates at one study site, this study supports the idea that E. coqui can reduce endemic invertebrates in Hawaii.</t>
+        </is>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s" s="2">
+        <v>15</v>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Sin H, Beard KH, Pitt WC (2008) An invasive frog, Eleutherodactylus coqui, increases new leaf production and leaf litter decomposition rates through nutrient cycling in Hawaii. Biological Invasions 10: 335–345. Choi RT, Beard KH (2012) Coqui frog invasions change invertebrate communities in Hawaii. Biological Invasions 14(5): 939-948.</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B3" t="s">
+        <v>10</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Additionally, invasion of E. coqui frogs moderately increased soil N2O emissions, primarily in non-native F. moluccana forests where soil N availability was already elevated. Here, we show that acceleration of nutrient cycling by introduced species can also alter biosphere–atmosphere exchange of N-oxides.</t>
+        </is>
+      </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Changes in soil N2O and NO emissions in coqui invaded and non-invaded plots suggest that non-native species influence biogeochemical cycling in invaded ecosystems. However, this relationship is not strong or particularly direct, so I have chosen a rating of Medium.</t>
+        </is>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Hall SJ, Huber DP, Hughes RF (2018)  Invasion of Hawaiian rainforests by an introduced amphibian predator and N2‐fixing tree increases soil N2O emissions. Ecosphere 9(9): e02416.</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="inlineStr" s="2">
+        <is>
           <t>These non-native invertebrates were more abundant in stomachs of E. coqui than in the environment indicating a preference for these species.
 It is possible that endemic prey were a more important component of the diet of E. coqui when it first invaded these sites, and that these populations were reduced or depleted prior to sampling.</t>
         </is>
       </c>
-      <c r="F2" t="s">
-[...54 lines deleted...]
-      <c r="C4" t="s">
+      <c r="F4" t="s">
         <v>21</v>
-      </c>
-[...9 lines deleted...]
-        <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="H4" t="s" s="2">
+      <c r="H4" t="s">
         <v>23</v>
       </c>
-      <c r="I4" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I4" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Across sites, coquis reduced the total number of leaf-litter invertebrates by 27%, specifically by reducing Acari by 36%. We suggest that coquis changed leaf-litter communities primarily through direct predation, but that they increased Diptera through the addition of frog carcasses and excrement.</t>
+          <t>Coquis shared similar trophic position to Hawaii amakihi, Japanese white-eye, and red-billed leiothrix. Analyses of potential diet sources between coquis and each of the three bird species indicate that there was more dietary overlap between bird species than any of the birds and the coqui. Results suggest that coquis share few food resources with insectivorous birds, but occupy a similar trophic position, which could indicate weak competition.</t>
         </is>
       </c>
       <c r="F5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
-      <c r="H5" t="s">
-[...2 lines deleted...]
-      <c r="I5" t="s">
+      <c r="H5" t="s" s="2">
         <v>27</v>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Smith RL, Beard KH, Shiels AB (2017) Different prey resources suggest little competition between non-native frogs and insectivorous birds despite isotopic niche overlap. Biological Invasions 19(3): 1001-10013.</t>
+        </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
-      <c r="E6" t="s">
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>Across sites, coquis reduced the total number of leaf-litter invertebrates by 27%, specifically by reducing Acari by 36%. We suggest that coquis changed leaf-litter communities primarily through direct predation, but that they increased Diptera through the addition of frog carcasses and excrement.</t>
+        </is>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>28</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
+        <v>23</v>
+      </c>
+      <c r="I6" t="s">
         <v>29</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>30</v>
       </c>
-      <c r="E7" t="inlineStr">
-[...6 lines deleted...]
-      <c r="H7"/>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>31</v>
+      </c>
+      <c r="H7" t="s">
+        <v>23</v>
+      </c>
       <c r="I7" t="inlineStr">
         <is>
-          <t>Bernard RF, Mautz WJ (2016) Dietary overlap between the invasive coqui frog (Eleutherodactylus coqui) and the Hawaiian hoary bat (Lasiurus cinereus semotus) on the Island of Hawai’i. Biological Invasions 18(12): 3409-3418.</t>
+          <t>Wallis AC, Smith RL, Beard KH (2016) Temporal foraging patterns of nonnative coqui frogs (Eleutherodactylus coqui) in Hawaii. Journal of Herpetology 50(4): 582-588.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E8" t="s">
         <v>32</v>
       </c>
-      <c r="F8" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Although direct competition between coquı´ frogs and Hawaiian hoary bats was not confirmed, the coquı´ frogs could reduce available prey for bats in newly invaded upland sites where bats appear to be more selective of prey species among available aerial insects.</t>
+        </is>
+      </c>
+      <c r="F8"/>
+      <c r="G8"/>
+      <c r="H8"/>
       <c r="I8" t="inlineStr">
         <is>
-          <t>Sin H, Beard KH, Pitt WC (2008) An invasive frog, Eleutherodactylus coqui, increases new leaf production and leaf litter decomposition rates through nutrient cycling in Hawaii. Biological Invasions 10: 335–345.</t>
+          <t>Bernard RF, Mautz WJ (2016) Dietary overlap between the invasive coqui frog (Eleutherodactylus coqui) and the Hawaiian hoary bat (Lasiurus cinereus semotus) on the Island of Hawai’i. Biological Invasions 18(12): 3409-3418.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
       </c>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="H9" t="s" s="2">
         <v>35</v>
       </c>
+      <c r="H9" t="s">
+        <v>23</v>
+      </c>
       <c r="I9" t="inlineStr">
         <is>
-          <t>Sin H, Beard KH, Pitt WC (2008) An invasive frog, Eleutherodactylus coqui, increases new leaf production and leaf litter decomposition rates through nutrient cycling in Hawaii. Biological Invasions 10: 335–345. Choi RT, Beard KH (2012) Coqui frog invasions change invertebrate communities in Hawaii. Biological Invasions 14(5): 939-948.</t>
+          <t>Sin H, Beard KH, Pitt WC (2008) An invasive frog, Eleutherodactylus coqui, increases new leaf production and leaf litter decomposition rates through nutrient cycling in Hawaii. Biological Invasions 10: 335–345.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>